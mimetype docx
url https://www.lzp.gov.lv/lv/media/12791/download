--- v0 (2026-01-09)
+++ v1 (2026-03-11)
@@ -340,1285 +340,908 @@
       <w:tblGrid>
         <w:gridCol w:w="360"/>
         <w:gridCol w:w="2880"/>
         <w:gridCol w:w="240"/>
         <w:gridCol w:w="318"/>
         <w:gridCol w:w="318"/>
         <w:gridCol w:w="318"/>
         <w:gridCol w:w="318"/>
         <w:gridCol w:w="318"/>
         <w:gridCol w:w="318"/>
         <w:gridCol w:w="318"/>
         <w:gridCol w:w="318"/>
         <w:gridCol w:w="318"/>
         <w:gridCol w:w="318"/>
         <w:gridCol w:w="318"/>
         <w:gridCol w:w="318"/>
         <w:gridCol w:w="318"/>
         <w:gridCol w:w="318"/>
         <w:gridCol w:w="318"/>
         <w:gridCol w:w="318"/>
         <w:gridCol w:w="318"/>
         <w:gridCol w:w="318"/>
         <w:gridCol w:w="318"/>
         <w:gridCol w:w="318"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CF65E9" w:rsidRPr="0037413A" w14:paraId="708E873D" w14:textId="77777777" w:rsidTr="004C033D">
+      <w:tr w:rsidR="00CF65E9" w:rsidRPr="0037413A" w14:paraId="708E873D" w14:textId="77777777" w:rsidTr="00BB618D">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="708E8739" w14:textId="77777777" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00CF65E9">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="708E873A" w14:textId="77777777" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00CD3B8F" w:rsidP="00CC30E2">
             <w:pPr>
               <w:spacing w:before="200"/>
               <w:ind w:left="283"/>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0037413A">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>nosaukums</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="240" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="708E873B" w14:textId="574FE3FE" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00CF65E9">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6360" w:type="dxa"/>
             <w:gridSpan w:val="20"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...12 lines deleted...]
-            </w:pPr>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="708E873C" w14:textId="6A6C446F" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00BB618D" w:rsidP="00BB618D">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text2"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="Text2"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CF65E9" w:rsidRPr="0037413A" w14:paraId="708E8755" w14:textId="77777777" w:rsidTr="004C033D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="708E873E" w14:textId="77777777" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00CF65E9">
             <w:pPr>
               <w:ind w:right="-108"/>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="708E873F" w14:textId="77777777" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00CD3B8F" w:rsidP="004C033D">
             <w:pPr>
               <w:ind w:left="283"/>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0037413A">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>nodokļu maksātāja</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="240" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="708E8740" w14:textId="77777777" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00CF65E9">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="708E8741" w14:textId="77777777" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00CF65E9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="708E8742" w14:textId="77777777" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00CF65E9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="708E8743" w14:textId="77777777" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00CF65E9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="708E8744" w14:textId="77777777" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00CF65E9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="708E8745" w14:textId="77777777" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00CF65E9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="708E8746" w14:textId="77777777" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00CF65E9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="708E8747" w14:textId="77777777" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00CF65E9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="708E8748" w14:textId="77777777" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00CF65E9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="708E8749" w14:textId="77777777" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00CF65E9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="708E874A" w14:textId="77777777" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00CF65E9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="708E874B" w14:textId="77777777" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00CF65E9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="708E874C" w14:textId="77777777" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00CF65E9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="708E874D" w14:textId="77777777" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00CF65E9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="708E874E" w14:textId="77777777" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00CF65E9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="708E874F" w14:textId="77777777" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00CF65E9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="708E8750" w14:textId="77777777" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00CF65E9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="708E8751" w14:textId="77777777" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00CF65E9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="708E8752" w14:textId="77777777" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00CF65E9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="708E8753" w14:textId="77777777" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00CF65E9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="708E8754" w14:textId="77777777" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00CF65E9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CF65E9" w:rsidRPr="0037413A" w14:paraId="708E876D" w14:textId="77777777" w:rsidTr="004C033D">
+      <w:tr w:rsidR="00BB618D" w:rsidRPr="0037413A" w14:paraId="708E876D" w14:textId="77777777" w:rsidTr="00BB618D">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="283"/>
+          <w:trHeight w:val="479"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...7 lines deleted...]
-          <w:p w14:paraId="708E8756" w14:textId="77777777" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00CF65E9">
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="708E8756" w14:textId="77777777" w:rsidR="00BB618D" w:rsidRPr="0037413A" w:rsidRDefault="00BB618D">
             <w:pPr>
               <w:ind w:right="-108"/>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...7 lines deleted...]
-          <w:p w14:paraId="708E8757" w14:textId="77777777" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00CD3B8F" w:rsidP="004C033D">
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="708E8757" w14:textId="77777777" w:rsidR="00BB618D" w:rsidRPr="0037413A" w:rsidRDefault="00BB618D" w:rsidP="004C033D">
             <w:pPr>
               <w:ind w:left="283"/>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0037413A">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>reģistrācijas numurs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="240" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...17 lines deleted...]
-            <w:tcW w:w="318" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="708E8758" w14:textId="77777777" w:rsidR="00BB618D" w:rsidRPr="0037413A" w:rsidRDefault="00BB618D">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6360" w:type="dxa"/>
+            <w:gridSpan w:val="20"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...507 lines deleted...]
-            </w:pPr>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="708E876C" w14:textId="6AF60504" w:rsidR="00BB618D" w:rsidRPr="0037413A" w:rsidRDefault="00BB618D" w:rsidP="00BB618D">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text13"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="1" w:name="Text13"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="708E876E" w14:textId="77777777" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00CF65E9">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpY="1"/>
         <w:tblOverlap w:val="never"/>
         <w:tblW w:w="12434" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="588"/>
@@ -1629,1912 +1252,2639 @@
         <w:gridCol w:w="1299"/>
         <w:gridCol w:w="776"/>
         <w:gridCol w:w="291"/>
         <w:gridCol w:w="28"/>
         <w:gridCol w:w="2492"/>
         <w:gridCol w:w="40"/>
         <w:gridCol w:w="251"/>
         <w:gridCol w:w="64"/>
         <w:gridCol w:w="60"/>
         <w:gridCol w:w="656"/>
         <w:gridCol w:w="22"/>
         <w:gridCol w:w="45"/>
         <w:gridCol w:w="1668"/>
         <w:gridCol w:w="1161"/>
       </w:tblGrid>
       <w:tr w:rsidR="0037413A" w:rsidRPr="0037413A" w14:paraId="708E8775" w14:textId="77777777" w:rsidTr="4691A055">
         <w:trPr>
           <w:gridAfter w:val="3"/>
           <w:wAfter w:w="2872" w:type="dxa"/>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3220" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="708E876F" w14:textId="0490979A" w:rsidR="0037413A" w:rsidRPr="0037413A" w:rsidRDefault="0037413A" w:rsidP="00DD4550">
             <w:pPr>
               <w:ind w:left="605"/>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0037413A">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>juridiskā adrese</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="708E8770" w14:textId="77777777" w:rsidR="0037413A" w:rsidRPr="0037413A" w:rsidRDefault="0037413A" w:rsidP="00DD4550">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2202" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="708E8771" w14:textId="77777777" w:rsidR="0037413A" w:rsidRPr="0037413A" w:rsidRDefault="0037413A" w:rsidP="00DD4550">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0037413A">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Iela, mājas Nr.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="319" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="708E8772" w14:textId="77777777" w:rsidR="0037413A" w:rsidRPr="0037413A" w:rsidRDefault="0037413A" w:rsidP="00DD4550">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3585" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="708E8774" w14:textId="77777777" w:rsidR="0037413A" w:rsidRPr="0037413A" w:rsidRDefault="0037413A" w:rsidP="00DD4550">
-[...4 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="708E8774" w14:textId="71D9B491" w:rsidR="0037413A" w:rsidRPr="0037413A" w:rsidRDefault="00BB618D" w:rsidP="00DD4550">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text3"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="2" w:name="Text3"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="2"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0037413A" w:rsidRPr="0037413A" w14:paraId="708E877C" w14:textId="77777777" w:rsidTr="4691A055">
         <w:trPr>
           <w:gridAfter w:val="3"/>
           <w:wAfter w:w="2872" w:type="dxa"/>
           <w:cantSplit/>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3220" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="708E8776" w14:textId="77777777" w:rsidR="0037413A" w:rsidRPr="0037413A" w:rsidRDefault="0037413A" w:rsidP="00DD4550">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="708E8777" w14:textId="77777777" w:rsidR="0037413A" w:rsidRPr="0037413A" w:rsidRDefault="0037413A" w:rsidP="00DD4550">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2202" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="708E8778" w14:textId="77777777" w:rsidR="0037413A" w:rsidRPr="0037413A" w:rsidRDefault="0037413A" w:rsidP="00DD4550">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0037413A">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Pilsēta, rajons</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="319" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="708E8779" w14:textId="77777777" w:rsidR="0037413A" w:rsidRPr="0037413A" w:rsidRDefault="0037413A" w:rsidP="00DD4550">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3585" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="708E877B" w14:textId="77777777" w:rsidR="0037413A" w:rsidRPr="0037413A" w:rsidRDefault="0037413A" w:rsidP="00DD4550">
-[...4 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="708E877B" w14:textId="4C92DF6F" w:rsidR="0037413A" w:rsidRPr="0037413A" w:rsidRDefault="00BB618D" w:rsidP="00DD4550">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text4"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="3" w:name="Text4"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="3"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0037413A" w:rsidRPr="0037413A" w14:paraId="708E8783" w14:textId="77777777" w:rsidTr="4691A055">
         <w:trPr>
           <w:gridAfter w:val="3"/>
           <w:wAfter w:w="2872" w:type="dxa"/>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3220" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="708E877D" w14:textId="77777777" w:rsidR="0037413A" w:rsidRPr="0037413A" w:rsidRDefault="0037413A" w:rsidP="00DD4550">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="708E877E" w14:textId="77777777" w:rsidR="0037413A" w:rsidRPr="0037413A" w:rsidRDefault="0037413A" w:rsidP="00DD4550">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2202" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="708E877F" w14:textId="77777777" w:rsidR="0037413A" w:rsidRPr="0037413A" w:rsidRDefault="0037413A" w:rsidP="00DD4550">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0037413A">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Pasta indekss</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="319" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="708E8780" w14:textId="77777777" w:rsidR="0037413A" w:rsidRPr="0037413A" w:rsidRDefault="0037413A" w:rsidP="00DD4550">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3585" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="708E8782" w14:textId="77777777" w:rsidR="0037413A" w:rsidRPr="0037413A" w:rsidRDefault="0037413A" w:rsidP="00DD4550">
-[...4 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="708E8782" w14:textId="3ECDED23" w:rsidR="0037413A" w:rsidRPr="0037413A" w:rsidRDefault="00BB618D" w:rsidP="00DD4550">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text5"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="4" w:name="Text5"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="4"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0037413A" w:rsidRPr="0037413A" w14:paraId="708E8790" w14:textId="77777777" w:rsidTr="4691A055">
         <w:trPr>
           <w:gridAfter w:val="2"/>
           <w:wAfter w:w="2827" w:type="dxa"/>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3220" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="708E8784" w14:textId="6E5CD22E" w:rsidR="0037413A" w:rsidRPr="0037413A" w:rsidRDefault="15FDDFDC" w:rsidP="4691A055">
             <w:pPr>
               <w:spacing w:before="200" w:after="200"/>
               <w:ind w:left="144"/>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="4691A055">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Pētniecības projekta īstenotāja</w:t>
             </w:r>
             <w:r w:rsidR="0037413A" w:rsidRPr="4691A055">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="6DB22850" w:rsidRPr="4691A055">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>paraksttiesīgā</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="0037413A" w:rsidRPr="4691A055">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> amatpersona:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="10" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="10" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="708E8785" w14:textId="77777777" w:rsidR="0037413A" w:rsidRPr="0037413A" w:rsidRDefault="0037413A" w:rsidP="00DD4550">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2202" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="10" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="10" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="708E8789" w14:textId="77777777" w:rsidR="0037413A" w:rsidRPr="0037413A" w:rsidRDefault="0037413A" w:rsidP="00DD4550">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="291" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="10" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="10" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="708E878B" w14:textId="77777777" w:rsidR="0037413A" w:rsidRPr="0037413A" w:rsidRDefault="0037413A" w:rsidP="00DD4550">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3658" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="10" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="10" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="708E878F" w14:textId="77777777" w:rsidR="0037413A" w:rsidRPr="0037413A" w:rsidRDefault="0037413A" w:rsidP="00DD4550">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009978D2" w:rsidRPr="0037413A" w14:paraId="708E8795" w14:textId="77777777" w:rsidTr="4691A055">
         <w:trPr>
           <w:gridAfter w:val="4"/>
           <w:wAfter w:w="2894" w:type="dxa"/>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="589" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="708E8791" w14:textId="77777777" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00CF65E9" w:rsidP="00DD4550">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2631" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="708E8792" w14:textId="77777777" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00CD3B8F" w:rsidP="00DD4550">
             <w:pPr>
               <w:ind w:left="-24"/>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0037413A">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>vārds, uzvārds</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="363" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="708E8793" w14:textId="77777777" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00CF65E9" w:rsidP="00DD4550">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5957" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="708E8794" w14:textId="77777777" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00CF65E9" w:rsidP="00DD4550">
-[...4 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="708E8794" w14:textId="12917BEA" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00BB618D" w:rsidP="00DD4550">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text6"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="5" w:name="Text6"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="5"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009978D2" w:rsidRPr="0037413A" w14:paraId="708E879A" w14:textId="77777777" w:rsidTr="4691A055">
         <w:trPr>
           <w:gridAfter w:val="4"/>
           <w:wAfter w:w="2894" w:type="dxa"/>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="589" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="708E8796" w14:textId="77777777" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00CF65E9" w:rsidP="00DD4550">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2631" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="708E8797" w14:textId="77777777" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00CD3B8F" w:rsidP="00DD4550">
             <w:pPr>
               <w:ind w:left="-24"/>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0037413A">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>ieņemamais amats</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="363" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="708E8798" w14:textId="77777777" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00CF65E9" w:rsidP="00DD4550">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5957" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="708E8799" w14:textId="77777777" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00CF65E9" w:rsidP="00DD4550">
-[...4 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="708E8799" w14:textId="2461BAD6" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00BB618D" w:rsidP="00DD4550">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text7"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="6" w:name="Text7"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="6"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009978D2" w:rsidRPr="0037413A" w14:paraId="708E87A1" w14:textId="77777777" w:rsidTr="4691A055">
         <w:trPr>
           <w:gridAfter w:val="4"/>
           <w:wAfter w:w="2894" w:type="dxa"/>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="589" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="708E879B" w14:textId="77777777" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00CF65E9" w:rsidP="00DD4550">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2631" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="708E879C" w14:textId="77777777" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00CD3B8F" w:rsidP="00DD4550">
             <w:pPr>
               <w:ind w:left="-24"/>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0037413A">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>kontaktdati</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="363" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="708E879D" w14:textId="77777777" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00CF65E9" w:rsidP="00DD4550">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2075" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="708E879E" w14:textId="77777777" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00CD3B8F" w:rsidP="00DD4550">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0037413A">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Tālrunis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="291" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="333399"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="708E879F" w14:textId="77777777" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00CF65E9" w:rsidP="00DD4550">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3591" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="708E87A0" w14:textId="77777777" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00CF65E9" w:rsidP="00DD4550">
-[...4 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="708E87A0" w14:textId="3121D2C2" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00BB618D" w:rsidP="00DD4550">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text8"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="7" w:name="Text8"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="7"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009978D2" w:rsidRPr="0037413A" w14:paraId="708E87A7" w14:textId="77777777" w:rsidTr="4691A055">
         <w:trPr>
           <w:gridAfter w:val="4"/>
           <w:wAfter w:w="2894" w:type="dxa"/>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3220" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="708E87A2" w14:textId="77777777" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00CF65E9" w:rsidP="00DD4550">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="363" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="708E87A3" w14:textId="77777777" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00CF65E9" w:rsidP="00DD4550">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2075" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="708E87A4" w14:textId="77777777" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00CD3B8F" w:rsidP="00DD4550">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0037413A">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>E-pasts</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="291" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="708E87A5" w14:textId="77777777" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00CF65E9" w:rsidP="00DD4550">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3591" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="708E87A6" w14:textId="77777777" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00CF65E9" w:rsidP="00DD4550">
-[...4 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="708E87A6" w14:textId="0883544B" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00BB618D" w:rsidP="00DD4550">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text9"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="8" w:name="Text9"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="8"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009978D2" w:rsidRPr="0037413A" w14:paraId="708E87B4" w14:textId="77777777" w:rsidTr="4691A055">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3220" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="708E87A8" w14:textId="6F270634" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="31182F85" w:rsidP="4691A055">
             <w:pPr>
               <w:spacing w:before="200" w:after="200"/>
               <w:ind w:left="142"/>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="4691A055">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Pētniecības </w:t>
             </w:r>
             <w:r w:rsidR="6F7A08BA" w:rsidRPr="4691A055">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00CD3B8F" w:rsidRPr="4691A055">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>projekta</w:t>
             </w:r>
             <w:r w:rsidR="78EBA1E7" w:rsidRPr="4691A055">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00CD3B8F" w:rsidRPr="4691A055">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>vadītājs/kontaktpersona:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="10" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="10" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="708E87A9" w14:textId="282F08E2" w:rsidR="001C0404" w:rsidRPr="0037413A" w:rsidRDefault="001C0404" w:rsidP="00DD4550">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="40" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="10" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="10" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="708E87AA" w14:textId="77777777" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00CF65E9" w:rsidP="00DD4550">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="87" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="10" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="10" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="708E87AB" w14:textId="77777777" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00CF65E9" w:rsidP="00DD4550">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1299" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="10" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="10" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="26AE7D96" w14:textId="77777777" w:rsidR="00CF65E9" w:rsidRDefault="00CF65E9" w:rsidP="00DD4550">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="708E87AC" w14:textId="77777777" w:rsidR="001C0404" w:rsidRPr="0037413A" w:rsidRDefault="001C0404" w:rsidP="00DD4550">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3587" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="10" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="10" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="708E87AD" w14:textId="6A31B0E5" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00CF65E9" w:rsidP="00DD4550">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="40" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="10" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="10" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="708E87AE" w14:textId="77777777" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00CF65E9" w:rsidP="00DD4550">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="251" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="10" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="10" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="708E87AF" w14:textId="77777777" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00CF65E9" w:rsidP="00DD4550">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="64" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="10" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="10" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="708E87B0" w14:textId="77777777" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00CF65E9" w:rsidP="00DD4550">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="60" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="10" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="10" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="708E87B1" w14:textId="77777777" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00CF65E9" w:rsidP="00DD4550">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2391" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="10" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="10" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="708E87B2" w14:textId="77777777" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00CF65E9" w:rsidP="00DD4550">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1159" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="10" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="10" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="708E87B3" w14:textId="77777777" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00CF65E9" w:rsidP="00DD4550">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009978D2" w:rsidRPr="0037413A" w14:paraId="708E87B9" w14:textId="77777777" w:rsidTr="4691A055">
         <w:trPr>
           <w:gridAfter w:val="4"/>
           <w:wAfter w:w="2894" w:type="dxa"/>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="589" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="708E87B5" w14:textId="77777777" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00CF65E9" w:rsidP="00DD4550">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2631" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="708E87B6" w14:textId="77777777" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00CD3B8F" w:rsidP="00DD4550">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0037413A">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>vārds, uzvārds</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="363" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="708E87B7" w14:textId="77777777" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00CF65E9" w:rsidP="00DD4550">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5957" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="708E87B8" w14:textId="77777777" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00CF65E9" w:rsidP="00DD4550">
-[...4 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="708E87B8" w14:textId="116CDFD0" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00BB618D" w:rsidP="00DD4550">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text10"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="9" w:name="Text10"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="9"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009978D2" w:rsidRPr="0037413A" w14:paraId="708E87BE" w14:textId="77777777" w:rsidTr="4691A055">
         <w:trPr>
           <w:gridAfter w:val="4"/>
           <w:wAfter w:w="2894" w:type="dxa"/>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="589" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="708E87BA" w14:textId="77777777" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00CF65E9" w:rsidP="00DD4550">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2631" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="708E87BB" w14:textId="77777777" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00CD3B8F" w:rsidP="00DD4550">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0037413A">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>ieņemamais amats</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="363" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="708E87BC" w14:textId="77777777" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00CF65E9" w:rsidP="00DD4550">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5957" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="708E87BD" w14:textId="77777777" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00CF65E9" w:rsidP="00DD4550">
-[...4 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="708E87BD" w14:textId="141F2ED2" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00BB618D" w:rsidP="00DD4550">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text11"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="10" w:name="Text11"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="10"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009978D2" w:rsidRPr="0037413A" w14:paraId="708E87C5" w14:textId="77777777" w:rsidTr="4691A055">
         <w:trPr>
           <w:gridAfter w:val="4"/>
           <w:wAfter w:w="2894" w:type="dxa"/>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="589" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="708E87BF" w14:textId="77777777" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00CF65E9" w:rsidP="00DD4550">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2631" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="708E87C0" w14:textId="77777777" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00CD3B8F" w:rsidP="00DD4550">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0037413A">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>kontaktdati</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="363" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="708E87C1" w14:textId="77777777" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00CF65E9" w:rsidP="00DD4550">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2075" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="708E87C2" w14:textId="77777777" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00CD3B8F" w:rsidP="00DD4550">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0037413A">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Tālrunis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="291" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="333399"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="708E87C3" w14:textId="77777777" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00CF65E9" w:rsidP="00DD4550">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3591" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="708E87C4" w14:textId="77777777" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00CF65E9" w:rsidP="00DD4550">
-[...4 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="708E87C4" w14:textId="06D629D7" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00BB618D" w:rsidP="00DD4550">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text12"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="11" w:name="Text12"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="11"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009978D2" w:rsidRPr="0037413A" w14:paraId="708E87CB" w14:textId="77777777" w:rsidTr="4691A055">
         <w:trPr>
           <w:gridAfter w:val="4"/>
           <w:wAfter w:w="2896" w:type="dxa"/>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3220" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="708E87C6" w14:textId="77777777" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00CF65E9" w:rsidP="00DD4550">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="363" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="708E87C7" w14:textId="77777777" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00CF65E9" w:rsidP="00DD4550">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2075" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="708E87C8" w14:textId="77777777" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00CD3B8F" w:rsidP="00DD4550">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0037413A">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>E-pasts</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="291" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="708E87C9" w14:textId="77777777" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00CF65E9" w:rsidP="00DD4550">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3589" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="708E87CA" w14:textId="77777777" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00CF65E9" w:rsidP="00DD4550">
-[...4 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="708E87CA" w14:textId="613666A5" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00BB618D" w:rsidP="00DD4550">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text23"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="12" w:name="Text23"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="12"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="708E87CD" w14:textId="16398666" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="6215EB26" w:rsidP="0056709E">
       <w:pPr>
         <w:spacing w:before="200" w:after="200"/>
         <w:ind w:left="142"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="4691A055">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Pētniecības projekta īstenotājs</w:t>
       </w:r>
       <w:r w:rsidR="00CD3B8F" w:rsidRPr="4691A055">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> ir:</w:t>
       </w:r>
     </w:p>
@@ -3544,233 +3894,455 @@
         <w:tblInd w:w="137" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="8787"/>
       </w:tblGrid>
       <w:tr w:rsidR="00CF65E9" w:rsidRPr="0037413A" w14:paraId="708E87D0" w14:textId="77777777" w:rsidTr="00DD4550">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="708E87CE" w14:textId="77777777" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00CF65E9" w:rsidP="008410BE">
+          <w:p w14:paraId="708E87CE" w14:textId="77B041C8" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00BB618D" w:rsidP="008410BE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check7"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="13" w:name="Check7"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="13"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8787" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="708E87CF" w14:textId="77777777" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00CD3B8F" w:rsidP="008410BE">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0037413A">
               <w:rPr>
                 <w:i/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Atvasināta publiska persona</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CF65E9" w:rsidRPr="0037413A" w14:paraId="708E87D3" w14:textId="77777777" w:rsidTr="00DD4550">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="708E87D1" w14:textId="77777777" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00CF65E9" w:rsidP="008410BE">
+          <w:p w14:paraId="708E87D1" w14:textId="3E2574D7" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00BB618D" w:rsidP="008410BE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check8"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="14" w:name="Check8"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="14"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8787" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="708E87D2" w14:textId="77777777" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00CD3B8F" w:rsidP="008410BE">
             <w:pPr>
               <w:spacing w:line="293" w:lineRule="atLeast"/>
             </w:pPr>
             <w:r w:rsidRPr="0037413A">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Atvasināta publiska persona (valsts dibinātas universitātes izveidots zinātniskais institūts) </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CF65E9" w:rsidRPr="0037413A" w14:paraId="708E87D6" w14:textId="77777777" w:rsidTr="00DD4550">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="708E87D4" w14:textId="77777777" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00CF65E9" w:rsidP="008410BE">
+          <w:p w14:paraId="708E87D4" w14:textId="234E342A" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00BB618D" w:rsidP="008410BE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check9"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="15" w:name="Check9"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="15"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8787" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="708E87D5" w14:textId="77777777" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00CD3B8F" w:rsidP="008410BE">
+          <w:p w14:paraId="708E87D5" w14:textId="7A57AC8C" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00CD3B8F" w:rsidP="008410BE">
             <w:pPr>
               <w:spacing w:line="293" w:lineRule="atLeast"/>
             </w:pPr>
             <w:r w:rsidRPr="0037413A">
               <w:rPr>
                 <w:i/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Cits (norādīt)</w:t>
             </w:r>
+            <w:r w:rsidR="00BB618D">
+              <w:rPr>
+                <w:i/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00BB618D">
+              <w:rPr>
+                <w:i/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text14"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="16" w:name="Text14"/>
+            <w:r w:rsidR="00BB618D">
+              <w:rPr>
+                <w:i/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00BB618D">
+              <w:rPr>
+                <w:i/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00BB618D">
+              <w:rPr>
+                <w:i/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00BB618D">
+              <w:rPr>
+                <w:i/>
+                <w:noProof/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00BB618D">
+              <w:rPr>
+                <w:i/>
+                <w:noProof/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00BB618D">
+              <w:rPr>
+                <w:i/>
+                <w:noProof/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00BB618D">
+              <w:rPr>
+                <w:i/>
+                <w:noProof/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00BB618D">
+              <w:rPr>
+                <w:i/>
+                <w:noProof/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00BB618D">
+              <w:rPr>
+                <w:i/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="16"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="708E87D9" w14:textId="37E5AC41" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00CD3B8F" w:rsidP="001C0404">
       <w:pPr>
         <w:spacing w:before="200" w:after="200"/>
         <w:ind w:left="-142"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="4691A055">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">2. </w:t>
       </w:r>
       <w:r w:rsidR="0BEB7711" w:rsidRPr="4691A055">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Finansiālu atbalsts </w:t>
       </w:r>
       <w:r w:rsidRPr="4691A055">
@@ -3793,480 +4365,622 @@
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9498" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="590"/>
         <w:gridCol w:w="2631"/>
         <w:gridCol w:w="363"/>
         <w:gridCol w:w="5914"/>
       </w:tblGrid>
       <w:tr w:rsidR="00CF65E9" w:rsidRPr="0037413A" w14:paraId="708E87DE" w14:textId="77777777" w:rsidTr="4691A055">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="590" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="10" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="10" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="708E87DA" w14:textId="77777777" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00CF65E9" w:rsidP="00E4024D">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2631" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="708E87DB" w14:textId="4F34B3C6" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="6DA68C95" w:rsidP="001C0404">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="4691A055">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Pētniecības </w:t>
             </w:r>
             <w:r w:rsidR="00CD3B8F" w:rsidRPr="4691A055">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">projekta nosaukums: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="363" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="708E87DC" w14:textId="77777777" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00CF65E9" w:rsidP="001C0404">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5914" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="708E87DD" w14:textId="77777777" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00CF65E9" w:rsidP="001C0404">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008410BE" w:rsidRPr="0037413A" w14:paraId="244D5B96" w14:textId="77777777" w:rsidTr="4691A055">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="590" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="10" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="10" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2988D2BD" w14:textId="77777777" w:rsidR="008410BE" w:rsidRPr="0037413A" w:rsidRDefault="008410BE" w:rsidP="00E4024D">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2631" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="01096C2A" w14:textId="77777777" w:rsidR="008410BE" w:rsidRPr="0037413A" w:rsidRDefault="008410BE" w:rsidP="001C0404">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="363" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="61873004" w14:textId="77777777" w:rsidR="008410BE" w:rsidRPr="0037413A" w:rsidRDefault="008410BE" w:rsidP="001C0404">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5914" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="1A4A0277" w14:textId="77777777" w:rsidR="008410BE" w:rsidRPr="0037413A" w:rsidRDefault="008410BE" w:rsidP="001C0404">
-[...5 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="1A4A0277" w14:textId="33E53DF7" w:rsidR="008410BE" w:rsidRPr="0037413A" w:rsidRDefault="00BB618D" w:rsidP="001C0404">
+            <w:pPr>
+              <w:rPr>
+                <w:i/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text15"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="17" w:name="Text15"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:noProof/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:noProof/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:noProof/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:noProof/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:noProof/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="17"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001C0404" w:rsidRPr="0037413A" w14:paraId="1B2F27E6" w14:textId="77777777" w:rsidTr="4691A055">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="590" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="10" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="10" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0EF2DAD5" w14:textId="77777777" w:rsidR="001C0404" w:rsidRPr="0037413A" w:rsidRDefault="001C0404" w:rsidP="00E4024D">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2631" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="15C1D6C7" w14:textId="77777777" w:rsidR="001C0404" w:rsidRPr="0037413A" w:rsidRDefault="001C0404" w:rsidP="001C0404">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="363" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="48594903" w14:textId="77777777" w:rsidR="001C0404" w:rsidRPr="0037413A" w:rsidRDefault="001C0404">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5914" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2452E530" w14:textId="77777777" w:rsidR="001C0404" w:rsidRPr="001C0404" w:rsidRDefault="001C0404">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001C0404" w:rsidRPr="0037413A" w14:paraId="244C3A22" w14:textId="77777777" w:rsidTr="4691A055">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="590" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="10" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="10" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6A7FDFEC" w14:textId="77777777" w:rsidR="001C0404" w:rsidRPr="0037413A" w:rsidRDefault="001C0404" w:rsidP="00E4024D">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2631" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="46BE4703" w14:textId="316606ED" w:rsidR="001C0404" w:rsidRPr="0037413A" w:rsidRDefault="09E0B6F4" w:rsidP="001C0404">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="4691A055">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Pētniecības </w:t>
             </w:r>
             <w:r w:rsidR="70112F5A" w:rsidRPr="4691A055">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>projekta akronīms un numurs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="363" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0CB7159C" w14:textId="77777777" w:rsidR="001C0404" w:rsidRPr="0037413A" w:rsidRDefault="001C0404">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5914" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="66C4BB24" w14:textId="77777777" w:rsidR="001C0404" w:rsidRPr="0037413A" w:rsidRDefault="001C0404">
-[...5 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="66C4BB24" w14:textId="5E8CB854" w:rsidR="001C0404" w:rsidRPr="0037413A" w:rsidRDefault="00BB618D">
+            <w:pPr>
+              <w:rPr>
+                <w:i/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text16"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="18" w:name="Text16"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:noProof/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:noProof/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:noProof/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:noProof/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:noProof/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="18"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="708E87ED" w14:textId="14D704ED" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00CD3B8F" w:rsidP="0056709E">
       <w:pPr>
         <w:spacing w:before="200" w:after="200"/>
         <w:ind w:left="-144"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="4691A055">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>3. P</w:t>
       </w:r>
       <w:r w:rsidR="62BD4A0A" w:rsidRPr="4691A055">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>ētniecības p</w:t>
       </w:r>
       <w:r w:rsidRPr="4691A055">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>rojekts apstiprināts īstenošanai šād</w:t>
       </w:r>
       <w:r w:rsidR="00600848" w:rsidRPr="4691A055">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>ā</w:t>
       </w:r>
       <w:r w:rsidRPr="4691A055">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00907584" w:rsidRPr="4691A055">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>NordForsk</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> organizētaj</w:t>
+        <w:t>NordForsk organizētaj</w:t>
       </w:r>
       <w:r w:rsidR="00600848" w:rsidRPr="4691A055">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>ā</w:t>
       </w:r>
       <w:r w:rsidR="009D7141" w:rsidRPr="4691A055">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> at</w:t>
       </w:r>
       <w:r w:rsidR="115DE260" w:rsidRPr="4691A055">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>vērtajā</w:t>
       </w:r>
       <w:r w:rsidR="00907584" w:rsidRPr="4691A055">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> projektu </w:t>
       </w:r>
@@ -4290,630 +5004,963 @@
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="283"/>
         <w:gridCol w:w="8504"/>
       </w:tblGrid>
       <w:tr w:rsidR="00CF65E9" w:rsidRPr="0037413A" w14:paraId="708E87F2" w14:textId="77777777" w:rsidTr="00DD4550">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="708E87EF" w14:textId="77777777" w:rsidR="00DD4550" w:rsidRPr="0037413A" w:rsidRDefault="00DD4550" w:rsidP="004A3949">
+          <w:p w14:paraId="708E87EF" w14:textId="5AAD0B31" w:rsidR="00DD4550" w:rsidRPr="0037413A" w:rsidRDefault="00BB618D" w:rsidP="004A3949">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check10"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="19" w:name="Check10"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="19"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="708E87F0" w14:textId="77777777" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00CF65E9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8504" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="708E87F1" w14:textId="49A212F1" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="004A3949" w:rsidP="008410BE">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004A3949">
               <w:rPr>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Ilgtspējīga veselības aprūpes sistēma senioriem</w:t>
             </w:r>
             <w:r w:rsidRPr="004A3949">
               <w:rPr>
                 <w:i/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (</w:t>
-[...127 lines deleted...]
-              <w:t>)</w:t>
+              <w:t xml:space="preserve"> (Sustainable health and care systems for older people)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004A3949" w:rsidRPr="0037413A" w14:paraId="0BC85203" w14:textId="77777777" w:rsidTr="00DD4550">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="57FFCBD8" w14:textId="77777777" w:rsidR="004A3949" w:rsidRDefault="004A3949" w:rsidP="008410BE">
+          <w:p w14:paraId="57FFCBD8" w14:textId="1D4CC3D8" w:rsidR="004A3949" w:rsidRDefault="00BB618D" w:rsidP="008410BE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check11"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="20" w:name="Check11"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="20"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0B3BF404" w14:textId="77777777" w:rsidR="004A3949" w:rsidRPr="0037413A" w:rsidRDefault="004A3949">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8504" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="160D0011" w14:textId="067B338A" w:rsidR="004A3949" w:rsidRPr="004A3949" w:rsidRDefault="00B4309C" w:rsidP="008410BE">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B4309C">
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
-              <w:t>Ilgtspējīga</w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve"> (</w:t>
+              <w:t>Ilgtspējīga mežsaimniecība (</w:t>
             </w:r>
             <w:r w:rsidRPr="00B4309C">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>Sustainable forestry</w:t>
             </w:r>
             <w:r w:rsidRPr="00B4309C">
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CF65E9" w:rsidRPr="0037413A" w14:paraId="708E87F6" w14:textId="77777777" w:rsidTr="00DD4550">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="708E87F3" w14:textId="77777777" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00CF65E9" w:rsidP="008410BE">
+          <w:p w14:paraId="708E87F3" w14:textId="27A6136D" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00BB618D" w:rsidP="008410BE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check12"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="21" w:name="Check12"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="21"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="708E87F4" w14:textId="77777777" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00CF65E9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8504" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="708E87F5" w14:textId="4D4F86FC" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="004132F6" w:rsidP="008410BE">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004132F6">
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
-              <w:t>Atbildīga</w:t>
-[...43 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Atbildīga mākslīgā intelekta izmantošana</w:t>
+            </w:r>
             <w:r w:rsidRPr="004132F6">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:r w:rsidRPr="004132F6">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>Responsible use of Artificial Intelligence</w:t>
             </w:r>
             <w:r w:rsidRPr="004132F6">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="708E87F9" w14:textId="751FD73C" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00CD3B8F" w:rsidP="005B3B7B">
+    <w:p w14:paraId="708E87F9" w14:textId="73EDC576" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00CD3B8F" w:rsidP="005B3B7B">
       <w:pPr>
         <w:spacing w:before="200" w:after="200"/>
         <w:ind w:left="-144"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="4691A055">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>4. P</w:t>
       </w:r>
       <w:r w:rsidR="0A97F388" w:rsidRPr="4691A055">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>ētniecības p</w:t>
       </w:r>
       <w:r w:rsidRPr="4691A055">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">rojekta īstenošana tiek uzsākta 20___.gada ___.___________, un plānotais </w:t>
+        <w:t>rojekta īstenošana tiek uzsākta 20</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB618D">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text17"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="22" w:name="Text17"/>
+      <w:r w:rsidR="00BB618D">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00BB618D">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00BB618D">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00BB618D">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB618D">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB618D">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB618D">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB618D">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB618D">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="22"/>
+      <w:r w:rsidRPr="4691A055">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.gada </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB618D">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text18"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="23" w:name="Text18"/>
+      <w:r w:rsidR="00BB618D">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00BB618D">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00BB618D">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00BB618D">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB618D">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB618D">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB618D">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB618D">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB618D">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="23"/>
+      <w:r w:rsidRPr="4691A055">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB618D">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text19"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="24" w:name="Text19"/>
+      <w:r w:rsidR="00BB618D">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00BB618D">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00BB618D">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00BB618D">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB618D">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB618D">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB618D">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB618D">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB618D">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="24"/>
+      <w:r w:rsidRPr="4691A055">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, un plānotais </w:t>
       </w:r>
       <w:r w:rsidR="0D03AD37" w:rsidRPr="4691A055">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">pētniecības </w:t>
       </w:r>
       <w:r w:rsidRPr="4691A055">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>projekta īstenošanas laiks ir __ mēneši.</w:t>
+        <w:t xml:space="preserve">projekta īstenošanas laiks ir </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB618D">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text20"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="25" w:name="Text20"/>
+      <w:r w:rsidR="00BB618D">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00BB618D">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00BB618D">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00BB618D">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB618D">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB618D">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB618D">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB618D">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB618D">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="25"/>
+      <w:r w:rsidRPr="4691A055">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mēneši.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="523"/>
         <w:tblOverlap w:val="never"/>
         <w:tblW w:w="9354" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9354"/>
       </w:tblGrid>
       <w:tr w:rsidR="005B3B7B" w:rsidRPr="0037413A" w14:paraId="2AD48FDB" w14:textId="77777777" w:rsidTr="001C0404">
         <w:trPr>
           <w:trHeight w:val="2835"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9354" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...7 lines deleted...]
-          <w:p w14:paraId="08AE8943" w14:textId="77777777" w:rsidR="005B3B7B" w:rsidRPr="0037413A" w:rsidRDefault="005B3B7B" w:rsidP="00C72D71">
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="08AE8943" w14:textId="7E9E8EEE" w:rsidR="005B3B7B" w:rsidRPr="0037413A" w:rsidRDefault="00BB618D" w:rsidP="00C72D71">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text21"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="26" w:name="Text21"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:noProof/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:noProof/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:noProof/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:noProof/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:noProof/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="26"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="708E87FB" w14:textId="5EE55B57" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00CD3B8F" w:rsidP="00FD6A99">
       <w:pPr>
         <w:spacing w:after="200"/>
         <w:ind w:left="-144"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="4691A055">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>5. P</w:t>
       </w:r>
       <w:r w:rsidR="46570FF8" w:rsidRPr="4691A055">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>ētniecības p</w:t>
       </w:r>
       <w:r w:rsidRPr="4691A055">
@@ -4958,136 +6005,184 @@
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="283"/>
         <w:gridCol w:w="8504"/>
       </w:tblGrid>
       <w:tr w:rsidR="00CF65E9" w:rsidRPr="0037413A" w14:paraId="708E8812" w14:textId="77777777" w:rsidTr="28C3E822">
         <w:trPr>
           <w:trHeight w:val="567"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="708E880F" w14:textId="77777777" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00CF65E9" w:rsidP="008410BE">
+          <w:p w14:paraId="708E880F" w14:textId="6A7D58C5" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00BB618D" w:rsidP="008410BE">
             <w:pPr>
               <w:ind w:left="-257" w:firstLine="257"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> </w:instrText>
+            </w:r>
+            <w:bookmarkStart w:id="27" w:name="Check1"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve">FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="27"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="708E8810" w14:textId="77777777" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00CF65E9" w:rsidP="001C0404">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8504" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="708E8811" w14:textId="17E4A4B8" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="1B31D0A8" w:rsidP="4691A055">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="4691A055">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>NordForsk</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> programmas ietvaros atbalstīt</w:t>
+              <w:t>NordForsk programmas ietvaros atbalstīt</w:t>
             </w:r>
             <w:r w:rsidR="797BB30C" w:rsidRPr="4691A055">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>ais</w:t>
             </w:r>
             <w:r w:rsidRPr="4691A055">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="6889FDF7" w:rsidRPr="4691A055">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">pētniecības </w:t>
             </w:r>
             <w:r w:rsidRPr="4691A055">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>projekt</w:t>
             </w:r>
@@ -5098,379 +6193,460 @@
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidRPr="4691A055">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> angļu valodā;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CF65E9" w:rsidRPr="0037413A" w14:paraId="708E8816" w14:textId="77777777" w:rsidTr="28C3E822">
         <w:trPr>
           <w:trHeight w:val="567"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="708E8813" w14:textId="77777777" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00CF65E9" w:rsidP="008410BE">
+          <w:p w14:paraId="708E8813" w14:textId="61142E96" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00BB618D" w:rsidP="008410BE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check2"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="28" w:name="Check2"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="28"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="708E8814" w14:textId="77777777" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00CF65E9" w:rsidP="001C0404">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8504" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="708E8815" w14:textId="398FF3E9" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="797BB30C" w:rsidP="008410BE">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="4691A055">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>NordForsk</w:t>
-[...34 lines deleted...]
-              <w:t>) kopija</w:t>
+              <w:t>NordForsk programmas ietvaros atbalstītā projekta konsorcija līguma (Consortium Agreement) kopija</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CE032B" w:rsidRPr="0037413A" w14:paraId="708E881A" w14:textId="77777777" w:rsidTr="28C3E822">
         <w:trPr>
           <w:trHeight w:val="567"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="708E8817" w14:textId="77777777" w:rsidR="00CE032B" w:rsidRPr="0037413A" w:rsidRDefault="00CE032B" w:rsidP="008410BE">
+          <w:p w14:paraId="708E8817" w14:textId="625A2231" w:rsidR="00CE032B" w:rsidRPr="0037413A" w:rsidRDefault="00BB618D" w:rsidP="008410BE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check3"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="29" w:name="Check3"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="29"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="708E8818" w14:textId="77777777" w:rsidR="00CE032B" w:rsidRPr="0037413A" w:rsidRDefault="00CE032B" w:rsidP="001C0404">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8504" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="708E8819" w14:textId="3E65AC7E" w:rsidR="00CE032B" w:rsidRPr="0037413A" w:rsidRDefault="161286CA" w:rsidP="008410BE">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="4691A055">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">Informācija par pētniecības projekta īstenotāja </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t xml:space="preserve">Informācija par pētniecības projekta īstenotāja paraksttiesīgajām </w:t>
+            </w:r>
+            <w:r w:rsidR="68C4AD88" w:rsidRPr="4691A055">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>amat</w:t>
+            </w:r>
             <w:r w:rsidRPr="4691A055">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>paraksttiesīgajām</w:t>
-[...32 lines deleted...]
-              <w:t xml:space="preserve"> pamatojošie dokumenti un kontaktinformācij</w:t>
+              <w:t>personām, paraksttiesības pamatojošie dokumenti un kontaktinformācij</w:t>
             </w:r>
             <w:r w:rsidR="03E20E71" w:rsidRPr="4691A055">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CE032B" w:rsidRPr="0037413A" w14:paraId="708E881E" w14:textId="77777777" w:rsidTr="28C3E822">
         <w:trPr>
           <w:trHeight w:val="567"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="708E881B" w14:textId="77777777" w:rsidR="00CE032B" w:rsidRPr="0037413A" w:rsidRDefault="00CE032B" w:rsidP="008410BE">
+          <w:p w14:paraId="708E881B" w14:textId="2D7B558B" w:rsidR="00CE032B" w:rsidRPr="0037413A" w:rsidRDefault="00BB618D" w:rsidP="008410BE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check4"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="30" w:name="Check4"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="30"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="708E881C" w14:textId="77777777" w:rsidR="00CE032B" w:rsidRPr="0037413A" w:rsidRDefault="00CE032B" w:rsidP="001C0404">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8504" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="708E881D" w14:textId="09FB1CE8" w:rsidR="00CE032B" w:rsidRPr="0037413A" w:rsidRDefault="1FAC3BB2" w:rsidP="008410BE">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0037413A">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Apliecinājums, ka netiek saņemts finansējums par </w:t>
             </w:r>
             <w:r w:rsidR="1DA6A280" w:rsidRPr="0037413A">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
@@ -5484,549 +6660,782 @@
             </w:r>
             <w:r w:rsidR="00967778" w:rsidRPr="0037413A">
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:footnoteReference w:id="2"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="4691A055" w14:paraId="6A81EE31" w14:textId="77777777" w:rsidTr="28C3E822">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1339B2CB" w14:textId="51FAC650" w:rsidR="4691A055" w:rsidRDefault="4691A055" w:rsidP="4691A055">
+          <w:p w14:paraId="1339B2CB" w14:textId="0F1E8330" w:rsidR="4691A055" w:rsidRDefault="00BB618D" w:rsidP="4691A055">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check5"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="31" w:name="Check5"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="31"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="072E6354" w14:textId="7392A117" w:rsidR="4691A055" w:rsidRDefault="4691A055" w:rsidP="4691A055">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8504" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="574FD025" w14:textId="2BF963C6" w:rsidR="4AAE06EF" w:rsidRDefault="4AAE06EF" w:rsidP="4691A055">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="4691A055">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Līguma un tā pielikumu projekts</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CE032B" w:rsidRPr="0037413A" w14:paraId="708E8836" w14:textId="77777777" w:rsidTr="28C3E822">
         <w:trPr>
           <w:trHeight w:val="567"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="708E8833" w14:textId="77777777" w:rsidR="00CE032B" w:rsidRPr="0037413A" w:rsidRDefault="00CE032B" w:rsidP="008410BE">
+          <w:p w14:paraId="708E8833" w14:textId="679A52B2" w:rsidR="00CE032B" w:rsidRPr="0037413A" w:rsidRDefault="00BB618D" w:rsidP="008410BE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check6"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="32" w:name="Check6"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="32"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="708E8834" w14:textId="77777777" w:rsidR="00CE032B" w:rsidRPr="0037413A" w:rsidRDefault="00CE032B" w:rsidP="001C0404">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8504" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="708E8835" w14:textId="26793E9B" w:rsidR="00CE032B" w:rsidRPr="0037413A" w:rsidRDefault="161286CA" w:rsidP="008410BE">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="708E8835" w14:textId="52869039" w:rsidR="00CE032B" w:rsidRPr="00BB618D" w:rsidRDefault="161286CA" w:rsidP="008410BE">
+            <w:pPr>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="28C3E822">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Cits dokuments </w:t>
             </w:r>
             <w:r w:rsidRPr="28C3E822">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>(norādīt kāds)</w:t>
             </w:r>
+            <w:r w:rsidR="00BB618D">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00BB618D">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="33" w:name="Text1"/>
+            <w:r w:rsidR="00BB618D">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00BB618D">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00BB618D">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00BB618D">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00BB618D">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00BB618D">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00BB618D">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00BB618D">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00BB618D">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="33"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="708E8865" w14:textId="77777777" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00CD3B8F" w:rsidP="001C0404">
       <w:pPr>
         <w:spacing w:before="200" w:after="800"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0037413A">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Apliecinu, ka pieteikumam pievienotās dokumentu kopijas, kas noteiktas pieteikuma 6. punktā, atbilst manā rīcībā esošiem dokumentu oriģināliem.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5277" w:type="dxa"/>
         <w:tblInd w:w="1919" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1121"/>
         <w:gridCol w:w="4156"/>
       </w:tblGrid>
       <w:tr w:rsidR="00CF65E9" w:rsidRPr="0037413A" w14:paraId="708E886C" w14:textId="77777777" w:rsidTr="003F63B3">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1121" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="708E8869" w14:textId="357B0E9F" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00CD3B8F">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0037413A">
               <w:rPr>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Paraksts</w:t>
             </w:r>
             <w:r w:rsidR="00EC3DB0" w:rsidRPr="0037413A">
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:footnoteReference w:customMarkFollows="1" w:id="3"/>
               <w:sym w:font="Symbol" w:char="F02A"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4156" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="708E886A" w14:textId="77777777" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00CF65E9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="708E886B" w14:textId="77777777" w:rsidR="00CF65E9" w:rsidRPr="003F63B3" w:rsidRDefault="00CF65E9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CF65E9" w:rsidRPr="0037413A" w14:paraId="708E886F" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1121" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="708E886D" w14:textId="3A5BDC11" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00CD3B8F">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0037413A">
               <w:rPr>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Datums</w:t>
             </w:r>
             <w:r w:rsidR="00EC3DB0" w:rsidRPr="0037413A">
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:footnoteReference w:customMarkFollows="1" w:id="4"/>
               <w:sym w:font="Symbol" w:char="F02A"/>
             </w:r>
             <w:r w:rsidRPr="0037413A">
               <w:rPr>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4156" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...32 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="708E886E" w14:textId="42612878" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="008658BB">
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text24"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput>
+                    <w:default w:val="dd/mm/gggg"/>
+                  </w:textInput>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="34" w:name="Text24"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:noProof/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>dd/mm/gggg</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="34"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CF65E9" w:rsidRPr="0037413A" w14:paraId="708E8872" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1121" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="708E8870" w14:textId="77777777" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00CF65E9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4156" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="708E8871" w14:textId="30D78017" w:rsidR="00CF65E9" w:rsidRPr="0037413A" w:rsidRDefault="00CF65E9">
             <w:pPr>
               <w:jc w:val="right"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="708E8879" w14:textId="77777777" w:rsidR="00CF65E9" w:rsidRDefault="00CF65E9" w:rsidP="001C0404">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00CF65E9" w:rsidSect="0037413A">
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:headerReference w:type="first" r:id="rId13"/>
       <w:footerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1701" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="65D94F4C" w14:textId="77777777" w:rsidR="005C1D76" w:rsidRDefault="005C1D76">
+    <w:p w14:paraId="540C7D87" w14:textId="77777777" w:rsidR="004F4128" w:rsidRDefault="004F4128">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="68AF069D" w14:textId="77777777" w:rsidR="005C1D76" w:rsidRDefault="005C1D76">
+    <w:p w14:paraId="5A923E22" w14:textId="77777777" w:rsidR="004F4128" w:rsidRDefault="004F4128">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="43089BD2" w14:textId="77777777" w:rsidR="005C1D76" w:rsidRDefault="005C1D76"/>
+    <w:p w14:paraId="704ECAC8" w14:textId="77777777" w:rsidR="004F4128" w:rsidRDefault="004F4128"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
+    <w:panose1 w:val="020B0004020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
+    <w:panose1 w:val="020B0004020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3320"/>
       <w:gridCol w:w="3320"/>
       <w:gridCol w:w="3320"/>
     </w:tblGrid>
     <w:tr w:rsidR="6946D21A" w14:paraId="2E62D0BC" w14:textId="77777777" w:rsidTr="6946D21A">
       <w:trPr>
         <w:trHeight w:val="300"/>
       </w:trPr>
@@ -6116,68 +7525,68 @@
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3135" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="5474B795" w14:textId="3E20BA9E" w:rsidR="5754B6E8" w:rsidRDefault="5754B6E8" w:rsidP="5754B6E8">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:ind w:right="-115"/>
             <w:jc w:val="right"/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="2BB81BBC" w14:textId="01C899C5" w:rsidR="00721E1D" w:rsidRDefault="00721E1D">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6406A520" w14:textId="77777777" w:rsidR="005C1D76" w:rsidRDefault="005C1D76">
+    <w:p w14:paraId="4DD30E5C" w14:textId="77777777" w:rsidR="004F4128" w:rsidRDefault="004F4128">
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1C24F85C" w14:textId="77777777" w:rsidR="005C1D76" w:rsidRDefault="005C1D76">
+    <w:p w14:paraId="45D41315" w14:textId="77777777" w:rsidR="004F4128" w:rsidRDefault="004F4128">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="519C6776" w14:textId="77777777" w:rsidR="005C1D76" w:rsidRDefault="005C1D76"/>
+    <w:p w14:paraId="60A32EAA" w14:textId="77777777" w:rsidR="004F4128" w:rsidRDefault="004F4128"/>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="5446B435" w14:textId="016B1488" w:rsidR="00967778" w:rsidRPr="00C72D71" w:rsidRDefault="00967778" w:rsidP="000A056C">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:spacing w:after="200"/>
       </w:pPr>
       <w:r w:rsidRPr="72C5D965">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidR="00A21C4E" w:rsidRPr="00A21C4E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00A21C4E" w:rsidRPr="00A21C4E">
         <w:t>Iekšējiem</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00A21C4E" w:rsidRPr="00A21C4E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
@@ -6738,51 +8147,50 @@
     </w:p>
   </w:footnote>
   <w:footnote w:id="4">
     <w:p w14:paraId="08FCE6A1" w14:textId="6965ABEF" w:rsidR="00EC3DB0" w:rsidRPr="00EC3DB0" w:rsidRDefault="00EC3DB0">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-1542511047"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
-    <w:sdtEndPr/>
     <w:sdtContent>
       <w:p w14:paraId="6DE3B52E" w14:textId="6615165D" w:rsidR="0037413A" w:rsidRDefault="0037413A">
         <w:pPr>
           <w:pStyle w:val="Header"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="708E873A" w14:textId="3B029A3C" w:rsidR="00CD3B8F" w:rsidRDefault="00CD3B8F" w:rsidP="00EE021B">
@@ -6871,1105 +8279,112 @@
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00CB7C99" w:rsidRPr="00021923">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
       <w:t>1. pielikums</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="6C7BC8BD" w14:textId="438306B6" w:rsidR="0010568C" w:rsidRPr="00A21C4E" w:rsidRDefault="00494208" w:rsidP="00A21C4E">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1134"/>
         <w:tab w:val="left" w:pos="6804"/>
       </w:tabs>
       <w:spacing w:before="400"/>
       <w:ind w:firstLine="426"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
-    <w:proofErr w:type="spellStart"/>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>Iekšējiem</w:t>
+      <w:t>Iekšējiem noteikumiem “</w:t>
     </w:r>
-    <w:proofErr w:type="spellEnd"/>
-[...23 lines deleted...]
-    <w:proofErr w:type="spellStart"/>
     <w:r w:rsidR="0010568C" w:rsidRPr="00A21C4E">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>Kārtība</w:t>
+      <w:t>Kārtība, kādā Latvijas Zinātnes padome kā Eiropas Reģionālā attīstības fonda Eiropas Savienības kohēzijas politikas programmas 2021.–2027. gadam 1.1.1. specifiskā atbalsta mērķa “Pētniecības un inovāciju kapacitātes stiprināšana un progresīvu tehnoloģiju ieviešana kopējā P&amp;A sistēmā” 1.1.1.5. pasākuma “Latvijas pilnvērtīga dalība Apvārsnis Eiropa programmā, tajā skaitā nodrošinot kompleksu atbalsta instrumentu klāstu un sasaisti ar RIS3 specializācijas jomu attīstīšanu</w:t>
     </w:r>
-    <w:proofErr w:type="spellEnd"/>
-[...735 lines deleted...]
-    <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidR="0010568C" w:rsidRPr="00A21C4E">
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>”</w:t>
     </w:r>
     <w:r w:rsidR="0010568C" w:rsidRPr="00A21C4E">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t xml:space="preserve"> </w:t>
-[...113 lines deleted...]
-      <w:t/>
+      <w:t xml:space="preserve"> īstenotāja slēdz līgumus ar </w:t>
     </w:r>
     <w:r w:rsidR="0010568C" w:rsidRPr="00A21C4E">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="lv-LV"/>
       </w:rPr>
-      <w:t xml:space="preserve"> </w:t>
+      <w:t xml:space="preserve">NordForsk </w:t>
     </w:r>
-    <w:proofErr w:type="spellStart"/>
+    <w:proofErr w:type="gramStart"/>
     <w:r w:rsidR="0010568C" w:rsidRPr="00A21C4E">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="lv-LV"/>
       </w:rPr>
-      <w:t>ietvaros</w:t>
+      <w:t>programmas  ietvaros</w:t>
     </w:r>
-    <w:proofErr w:type="spellEnd"/>
+    <w:proofErr w:type="gramEnd"/>
     <w:r w:rsidR="0010568C" w:rsidRPr="00A21C4E">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="lv-LV"/>
       </w:rPr>
-      <w:t xml:space="preserve"> </w:t>
+      <w:t xml:space="preserve"> atbalstītu </w:t>
     </w:r>
-    <w:proofErr w:type="spellStart"/>
-[...17 lines deleted...]
-    <w:proofErr w:type="spellStart"/>
     <w:r w:rsidR="0010568C" w:rsidRPr="00A21C4E">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>projektu</w:t>
+      <w:t>projektu Latvijas partneriem un nodrošina līguma izpildes uzraudzību</w:t>
     </w:r>
-    <w:proofErr w:type="spellEnd"/>
-[...95 lines deleted...]
-    <w:proofErr w:type="spellEnd"/>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>”</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="5B3FD9C4" w14:textId="10E53CB6" w:rsidR="00CB7C99" w:rsidRPr="00021923" w:rsidRDefault="00CB7C99" w:rsidP="0010568C">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4680"/>
         <w:tab w:val="clear" w:pos="9360"/>
         <w:tab w:val="left" w:pos="5518"/>
       </w:tabs>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
@@ -8413,52 +8828,53 @@
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1985888245">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="871261440">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="922378057">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="2032028036">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="2019768568">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="166"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:documentProtection w:edit="forms" w:enforcement="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:autoHyphenation/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
@@ -8514,198 +8930,206 @@
     <w:rsid w:val="003A5C92"/>
     <w:rsid w:val="003F1A2A"/>
     <w:rsid w:val="003F63B3"/>
     <w:rsid w:val="003F797C"/>
     <w:rsid w:val="00400BF9"/>
     <w:rsid w:val="00405931"/>
     <w:rsid w:val="004132F6"/>
     <w:rsid w:val="00415FB1"/>
     <w:rsid w:val="0043051B"/>
     <w:rsid w:val="004337EF"/>
     <w:rsid w:val="00436191"/>
     <w:rsid w:val="004434F5"/>
     <w:rsid w:val="00443A06"/>
     <w:rsid w:val="00445713"/>
     <w:rsid w:val="00446DE0"/>
     <w:rsid w:val="004849E3"/>
     <w:rsid w:val="00494208"/>
     <w:rsid w:val="00495B6C"/>
     <w:rsid w:val="004A3949"/>
     <w:rsid w:val="004A74DC"/>
     <w:rsid w:val="004C033D"/>
     <w:rsid w:val="004C054C"/>
     <w:rsid w:val="004C5FB7"/>
     <w:rsid w:val="004D149E"/>
     <w:rsid w:val="004D410E"/>
+    <w:rsid w:val="004F4128"/>
     <w:rsid w:val="00517DD8"/>
     <w:rsid w:val="00520A44"/>
     <w:rsid w:val="00521E5A"/>
     <w:rsid w:val="005308C0"/>
     <w:rsid w:val="00531C1C"/>
     <w:rsid w:val="005377BA"/>
     <w:rsid w:val="0056709E"/>
     <w:rsid w:val="005A5A88"/>
     <w:rsid w:val="005B3B7B"/>
     <w:rsid w:val="005C1D76"/>
     <w:rsid w:val="005D23E9"/>
     <w:rsid w:val="005E2714"/>
     <w:rsid w:val="005E5D2D"/>
     <w:rsid w:val="005F1C9F"/>
     <w:rsid w:val="005F531A"/>
     <w:rsid w:val="00600848"/>
     <w:rsid w:val="00602145"/>
     <w:rsid w:val="00616DC9"/>
     <w:rsid w:val="0063277E"/>
     <w:rsid w:val="00647065"/>
     <w:rsid w:val="00657BD2"/>
     <w:rsid w:val="00665BCC"/>
     <w:rsid w:val="0067720C"/>
     <w:rsid w:val="00695DF1"/>
     <w:rsid w:val="006A498A"/>
     <w:rsid w:val="006B48EF"/>
     <w:rsid w:val="006B6450"/>
     <w:rsid w:val="00714413"/>
     <w:rsid w:val="00715CFF"/>
     <w:rsid w:val="007218E3"/>
     <w:rsid w:val="00721E1D"/>
     <w:rsid w:val="007252A8"/>
     <w:rsid w:val="00733B88"/>
     <w:rsid w:val="0073432F"/>
     <w:rsid w:val="0075702D"/>
     <w:rsid w:val="00762257"/>
     <w:rsid w:val="0077413E"/>
     <w:rsid w:val="00797F6E"/>
     <w:rsid w:val="007A3808"/>
     <w:rsid w:val="007D1514"/>
     <w:rsid w:val="007D4ABA"/>
     <w:rsid w:val="007E3A02"/>
     <w:rsid w:val="007F07D7"/>
     <w:rsid w:val="00804987"/>
     <w:rsid w:val="008112F2"/>
     <w:rsid w:val="008410BE"/>
+    <w:rsid w:val="008421DE"/>
+    <w:rsid w:val="008658BB"/>
     <w:rsid w:val="008A0B85"/>
     <w:rsid w:val="008C2AD5"/>
     <w:rsid w:val="008D292B"/>
     <w:rsid w:val="008D3D7E"/>
     <w:rsid w:val="008D56AE"/>
     <w:rsid w:val="008F2B1C"/>
     <w:rsid w:val="008F5C69"/>
     <w:rsid w:val="00904296"/>
     <w:rsid w:val="00907584"/>
     <w:rsid w:val="00926259"/>
     <w:rsid w:val="009309DC"/>
     <w:rsid w:val="009444FD"/>
     <w:rsid w:val="00967778"/>
     <w:rsid w:val="00990AB1"/>
     <w:rsid w:val="00991982"/>
     <w:rsid w:val="00993BA5"/>
     <w:rsid w:val="00996657"/>
     <w:rsid w:val="009978D2"/>
     <w:rsid w:val="009C1AF1"/>
     <w:rsid w:val="009C2621"/>
     <w:rsid w:val="009D6E06"/>
     <w:rsid w:val="009D7141"/>
     <w:rsid w:val="009F42C0"/>
     <w:rsid w:val="00A12AF1"/>
     <w:rsid w:val="00A13655"/>
     <w:rsid w:val="00A14365"/>
     <w:rsid w:val="00A21C4E"/>
     <w:rsid w:val="00A65B78"/>
     <w:rsid w:val="00AA1D44"/>
     <w:rsid w:val="00AB102D"/>
     <w:rsid w:val="00AD2B11"/>
     <w:rsid w:val="00B14348"/>
     <w:rsid w:val="00B21938"/>
     <w:rsid w:val="00B26FEE"/>
     <w:rsid w:val="00B31096"/>
     <w:rsid w:val="00B316DB"/>
     <w:rsid w:val="00B4309C"/>
     <w:rsid w:val="00B550F9"/>
     <w:rsid w:val="00B63845"/>
     <w:rsid w:val="00B651E3"/>
     <w:rsid w:val="00B70D5B"/>
     <w:rsid w:val="00B84238"/>
+    <w:rsid w:val="00BB618D"/>
     <w:rsid w:val="00BC3C0C"/>
     <w:rsid w:val="00BD767C"/>
     <w:rsid w:val="00BE3676"/>
     <w:rsid w:val="00BF7ADA"/>
     <w:rsid w:val="00C05422"/>
     <w:rsid w:val="00C35B90"/>
     <w:rsid w:val="00C366C0"/>
     <w:rsid w:val="00C47FC2"/>
     <w:rsid w:val="00C50B9C"/>
     <w:rsid w:val="00C51802"/>
     <w:rsid w:val="00C6386F"/>
     <w:rsid w:val="00C72D71"/>
     <w:rsid w:val="00C75F28"/>
     <w:rsid w:val="00CB2190"/>
     <w:rsid w:val="00CB21BB"/>
     <w:rsid w:val="00CB7C99"/>
     <w:rsid w:val="00CC157B"/>
     <w:rsid w:val="00CC30E2"/>
     <w:rsid w:val="00CC5DAF"/>
     <w:rsid w:val="00CD3B8F"/>
     <w:rsid w:val="00CD518C"/>
     <w:rsid w:val="00CD5755"/>
     <w:rsid w:val="00CE032B"/>
     <w:rsid w:val="00CF65E9"/>
     <w:rsid w:val="00D2532F"/>
     <w:rsid w:val="00D2596E"/>
     <w:rsid w:val="00D25A4B"/>
     <w:rsid w:val="00D26A21"/>
     <w:rsid w:val="00D34C3E"/>
     <w:rsid w:val="00D647A0"/>
     <w:rsid w:val="00D74E0B"/>
     <w:rsid w:val="00D83762"/>
     <w:rsid w:val="00DB59C6"/>
     <w:rsid w:val="00DC12C6"/>
     <w:rsid w:val="00DD4550"/>
     <w:rsid w:val="00DE15F1"/>
+    <w:rsid w:val="00DE30D0"/>
     <w:rsid w:val="00DE5277"/>
     <w:rsid w:val="00E11547"/>
     <w:rsid w:val="00E20C2B"/>
     <w:rsid w:val="00E4024D"/>
     <w:rsid w:val="00E44547"/>
     <w:rsid w:val="00E67048"/>
     <w:rsid w:val="00E74779"/>
+    <w:rsid w:val="00E76950"/>
     <w:rsid w:val="00EA4797"/>
     <w:rsid w:val="00EA5BC3"/>
     <w:rsid w:val="00EB23AC"/>
     <w:rsid w:val="00EB6B78"/>
     <w:rsid w:val="00EC2A26"/>
     <w:rsid w:val="00EC3DB0"/>
     <w:rsid w:val="00EC7BE0"/>
     <w:rsid w:val="00EE021B"/>
     <w:rsid w:val="00F01D9E"/>
     <w:rsid w:val="00F1011F"/>
     <w:rsid w:val="00F25195"/>
     <w:rsid w:val="00F519EA"/>
     <w:rsid w:val="00F55CA8"/>
     <w:rsid w:val="00F55F67"/>
     <w:rsid w:val="00F5681D"/>
+    <w:rsid w:val="00F6496A"/>
     <w:rsid w:val="00F70092"/>
     <w:rsid w:val="00F71530"/>
+    <w:rsid w:val="00F8552F"/>
     <w:rsid w:val="00F91B63"/>
     <w:rsid w:val="00FC3745"/>
     <w:rsid w:val="00FC57F2"/>
     <w:rsid w:val="00FD6A99"/>
     <w:rsid w:val="013314C0"/>
     <w:rsid w:val="03E20E71"/>
     <w:rsid w:val="0844288A"/>
     <w:rsid w:val="09E0B6F4"/>
     <w:rsid w:val="0A651324"/>
     <w:rsid w:val="0A97F388"/>
     <w:rsid w:val="0BEB7711"/>
     <w:rsid w:val="0C20D805"/>
     <w:rsid w:val="0D03AD37"/>
     <w:rsid w:val="115DE260"/>
     <w:rsid w:val="15EA5B91"/>
     <w:rsid w:val="15FDDFDC"/>
     <w:rsid w:val="161286CA"/>
     <w:rsid w:val="168F178E"/>
     <w:rsid w:val="1B31D0A8"/>
     <w:rsid w:val="1DA6A280"/>
     <w:rsid w:val="1E84AFDD"/>
     <w:rsid w:val="1EF04A56"/>
     <w:rsid w:val="1FAC3BB2"/>
     <w:rsid w:val="20A59E63"/>
     <w:rsid w:val="20CC018E"/>
@@ -8742,51 +9166,51 @@
     <w:rsid w:val="797BB30C"/>
     <w:rsid w:val="7F002EFF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
-  <w:listSeparator w:val=";"/>
+  <w:listSeparator w:val=","/>
   <w14:docId w14:val="708E872D"/>
   <w15:docId w15:val="{232B4233-ED3D-48B2-94B9-805A7E3BBCAB}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="160"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
@@ -9770,74 +10194,65 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...2 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="6adcef3d-66e4-4441-b622-2181f76b34ed">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="ec04e77d-702b-4270-bfd8-12ec561e14fa" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x0101003D0118E830AEDD428D4BE0AAFD13557A" ma:contentTypeVersion="15" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="578fec32e9c32c9dcd0700d6cf67b9e9">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="6adcef3d-66e4-4441-b622-2181f76b34ed" xmlns:ns3="ec04e77d-702b-4270-bfd8-12ec561e14fa" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="c4178b882e999ebd62750f6cb7e8896d" ns2:_="" ns3:_="">
     <xsd:import namespace="6adcef3d-66e4-4441-b622-2181f76b34ed"/>
     <xsd:import namespace="ec04e77d-702b-4270-bfd8-12ec561e14fa"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
               </xsd:all>
@@ -10028,101 +10443,141 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BD32F372-0E71-49DE-B0EF-9C0148D51F7F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B37747FF-C007-4DBF-915F-C704D8BDC6FB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="6adcef3d-66e4-4441-b622-2181f76b34ed"/>
     <ds:schemaRef ds:uri="ec04e77d-702b-4270-bfd8-12ec561e14fa"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D40FA738-EE55-43B5-9A4B-87B7D4D662E4}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="6adcef3d-66e4-4441-b622-2181f76b34ed"/>
+    <ds:schemaRef ds:uri="ec04e77d-702b-4270-bfd8-12ec561e14fa"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D40FA738-EE55-43B5-9A4B-87B7D4D662E4}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0D6D83C0-4491-4EA9-9F1A-2C7D8592E8C2}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1566</Words>
-  <Characters>894</Characters>
+  <Words>335</Words>
+  <Characters>2737</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>7</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>304</Lines>
+  <Paragraphs>74</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2456</CharactersWithSpaces>
+  <CharactersWithSpaces>2998</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Linda Vecbiškena</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101003D0118E830AEDD428D4BE0AAFD13557A</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>