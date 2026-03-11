--- v0 (2026-01-09)
+++ v1 (2026-03-11)
@@ -293,288 +293,469 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">par </w:t>
       </w:r>
       <w:r w:rsidR="00837F6D" w:rsidRPr="4EB9B2DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>dubultā finansējuma neesamību</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4148"/>
         <w:gridCol w:w="4148"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009073B0" w:rsidRPr="00B90EC7" w14:paraId="7F7B1764" w14:textId="77777777" w:rsidTr="00F705A6">
+      <w:tr w:rsidR="009073B0" w:rsidRPr="00B90EC7" w14:paraId="7F7B1764" w14:textId="77777777" w:rsidTr="00BB6E23">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4148" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7481F519" w14:textId="77777777" w:rsidR="009073B0" w:rsidRPr="00B90EC7" w:rsidRDefault="009073B0" w:rsidP="00B90EC7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B90EC7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>Es, apakšā parakstījies (-</w:t>
-[...19 lines deleted...]
-              <w:t>),</w:t>
+              <w:t>Es, apakšā parakstījies (-usies),</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="38A4B798" w14:textId="77777777" w:rsidR="009073B0" w:rsidRPr="00B90EC7" w:rsidRDefault="009073B0" w:rsidP="00B90EC7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4148" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="22241145" w14:textId="77777777" w:rsidR="009073B0" w:rsidRPr="00B90EC7" w:rsidRDefault="009073B0" w:rsidP="00B90EC7">
+          <w:p w14:paraId="22241145" w14:textId="3166AD19" w:rsidR="009073B0" w:rsidRPr="00B90EC7" w:rsidRDefault="009073B0" w:rsidP="00BB6E23">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5CB74FBE" w14:textId="77777777" w:rsidR="009073B0" w:rsidRPr="00B90EC7" w:rsidRDefault="009073B0" w:rsidP="00B90EC7">
+          <w:p w14:paraId="5CB74FBE" w14:textId="2DD66B1C" w:rsidR="009073B0" w:rsidRPr="00B90EC7" w:rsidRDefault="00BB6E23" w:rsidP="00BB6E23">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text4"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="Text4"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009073B0" w:rsidRPr="00B90EC7" w14:paraId="2511505E" w14:textId="77777777" w:rsidTr="00F705A6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4148" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="303D62B2" w14:textId="77777777" w:rsidR="009073B0" w:rsidRPr="00B90EC7" w:rsidRDefault="009073B0" w:rsidP="00B90EC7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4148" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3E001ACF" w14:textId="77777777" w:rsidR="009073B0" w:rsidRPr="00B90EC7" w:rsidRDefault="009073B0" w:rsidP="00B90EC7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B90EC7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>vārds, uzvārds</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009073B0" w:rsidRPr="00B90EC7" w14:paraId="35AAEB8B" w14:textId="77777777" w:rsidTr="00F705A6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4148" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2444DF78" w14:textId="6DDAC79F" w:rsidR="009073B0" w:rsidRPr="00B90EC7" w:rsidRDefault="00344629" w:rsidP="00B00D3E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">pētniecības projekta </w:t>
             </w:r>
             <w:r w:rsidR="003A4444">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>īstenotājs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4148" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="013DD6B7" w14:textId="77777777" w:rsidR="009073B0" w:rsidRPr="00B90EC7" w:rsidRDefault="009073B0" w:rsidP="00B90EC7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3C62CEF9" w14:textId="77777777" w:rsidR="009073B0" w:rsidRPr="00B90EC7" w:rsidRDefault="009073B0" w:rsidP="00B90EC7">
+          <w:p w14:paraId="3C62CEF9" w14:textId="0F3E18EE" w:rsidR="009073B0" w:rsidRPr="00B90EC7" w:rsidRDefault="00BB6E23" w:rsidP="00B90EC7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text2"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="1" w:name="Text2"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009073B0" w:rsidRPr="00B90EC7" w14:paraId="1FE61E44" w14:textId="77777777" w:rsidTr="00F705A6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4148" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="791B0491" w14:textId="77777777" w:rsidR="009073B0" w:rsidRPr="00B90EC7" w:rsidRDefault="009073B0" w:rsidP="00B90EC7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4148" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1C8B1D0C" w14:textId="2B6AAA68" w:rsidR="009073B0" w:rsidRPr="00B90EC7" w:rsidRDefault="00344629" w:rsidP="00B90EC7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">pētniecības </w:t>
             </w:r>
             <w:r w:rsidR="005848AF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
@@ -587,164 +768,261 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="009073B0" w:rsidRPr="00B90EC7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>nosaukums</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009073B0" w:rsidRPr="00B90EC7" w14:paraId="0D820A5E" w14:textId="77777777" w:rsidTr="00F705A6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4148" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5A23E66D" w14:textId="4687B526" w:rsidR="009073B0" w:rsidRPr="00B90EC7" w:rsidRDefault="007C3436" w:rsidP="00B90EC7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>paraksttiesīgā</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="009073B0" w:rsidRPr="00B90EC7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> amatpersona</w:t>
             </w:r>
             <w:r w:rsidR="00B407A7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2E4BC7A1" w14:textId="77777777" w:rsidR="009073B0" w:rsidRPr="00B90EC7" w:rsidRDefault="009073B0" w:rsidP="00B90EC7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4148" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2C3631C6" w14:textId="77777777" w:rsidR="009073B0" w:rsidRPr="00B90EC7" w:rsidRDefault="009073B0" w:rsidP="00B90EC7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="36203AF1" w14:textId="77777777" w:rsidR="009073B0" w:rsidRPr="00B90EC7" w:rsidRDefault="009073B0" w:rsidP="00B90EC7">
+          <w:p w14:paraId="36203AF1" w14:textId="7F7472D7" w:rsidR="009073B0" w:rsidRPr="00B90EC7" w:rsidRDefault="00BB6E23" w:rsidP="00B90EC7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text3"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="2" w:name="Text3"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="2"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009073B0" w:rsidRPr="00B90EC7" w14:paraId="49599D30" w14:textId="77777777" w:rsidTr="00F705A6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4148" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="50D47151" w14:textId="77777777" w:rsidR="009073B0" w:rsidRPr="00B90EC7" w:rsidRDefault="009073B0" w:rsidP="00B90EC7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4148" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="010C20F9" w14:textId="77777777" w:rsidR="009073B0" w:rsidRPr="00B90EC7" w:rsidRDefault="009073B0" w:rsidP="00B90EC7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B90EC7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>amata nosaukums</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
@@ -788,109 +1066,189 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00980335">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>apliecinu, ka</w:t>
       </w:r>
       <w:r w:rsidR="00403F3E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1962F862" w14:textId="5F3D4AD8" w:rsidR="00F705A6" w:rsidRDefault="0009494A" w:rsidP="00AC0306">
+    <w:p w14:paraId="1962F862" w14:textId="10A656E5" w:rsidR="00F705A6" w:rsidRDefault="0009494A" w:rsidP="00AC0306">
       <w:pPr>
         <w:spacing w:after="400" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1164DA57">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">pētniecības </w:t>
       </w:r>
       <w:r w:rsidR="009E4546" w:rsidRPr="0000076F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>projekt</w:t>
       </w:r>
       <w:r w:rsidR="006F6142">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="009E4546" w:rsidRPr="00980335">
-[...4 lines deleted...]
-          <w:lang w:eastAsia="lv-LV"/>
+      <w:r w:rsidR="00275514">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="009E4546" w:rsidRPr="009E4546">
+      <w:r w:rsidR="00434786">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidR="00434786" w:rsidRPr="00434786">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text6"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput>
+              <w:default w:val="Projekta nosaukums"/>
+            </w:textInput>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="3" w:name="Text6"/>
+      <w:r w:rsidR="00434786" w:rsidRPr="00434786">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00434786" w:rsidRPr="00434786">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00434786" w:rsidRPr="00434786">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00434786" w:rsidRPr="00434786">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>Projekta nosaukums</w:t>
+      </w:r>
+      <w:r w:rsidR="00434786" w:rsidRPr="00434786">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidR="00434786">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidR="00275514">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00855CD7" w:rsidRPr="00BB0BB9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">īstenošana </w:t>
       </w:r>
       <w:r w:rsidR="009E4546" w:rsidRPr="006C4184">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>netiek un nav ti</w:t>
       </w:r>
       <w:r w:rsidR="006F6142" w:rsidRPr="006C4184">
@@ -1165,200 +1523,327 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009E4546" w:rsidRPr="00980335">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>līdzfinansēšanai no citiem finanšu avotiem</w:t>
       </w:r>
       <w:r w:rsidR="00AC0306">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69BEB4A5" w14:textId="071211F5" w:rsidR="00530405" w:rsidRPr="00824E28" w:rsidRDefault="00F705A6" w:rsidP="00901D11">
+    <w:p w14:paraId="69BEB4A5" w14:textId="071211F5" w:rsidR="00530405" w:rsidRDefault="00F705A6" w:rsidP="00901D11">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00693D40">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Paraksts, datums</w:t>
-      </w:r>
+      </w:pPr>
       <w:r w:rsidRPr="00693D40">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Paraksts, datums</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00693D40">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00530405" w:rsidRPr="00824E28" w:rsidSect="00EE3383">
+    <w:p w14:paraId="7733D23F" w14:textId="4C448E0E" w:rsidR="00BB6E23" w:rsidRPr="00824E28" w:rsidRDefault="00BB6E23" w:rsidP="00901D11">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="4" w:name="Text5"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:sectPr w:rsidR="00BB6E23" w:rsidRPr="00824E28" w:rsidSect="00EE3383">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="709" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="377CBF5A" w14:textId="77777777" w:rsidR="00435466" w:rsidRDefault="00435466" w:rsidP="007101DB">
+    <w:p w14:paraId="3BE31C7E" w14:textId="77777777" w:rsidR="00197E19" w:rsidRDefault="00197E19" w:rsidP="007101DB">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="05AC9285" w14:textId="77777777" w:rsidR="00435466" w:rsidRDefault="00435466" w:rsidP="007101DB">
+    <w:p w14:paraId="3E33FD2F" w14:textId="77777777" w:rsidR="00197E19" w:rsidRDefault="00197E19" w:rsidP="007101DB">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="15E9F6CE" w14:textId="77777777" w:rsidR="00435466" w:rsidRDefault="00435466">
+    <w:p w14:paraId="61B9B1B8" w14:textId="77777777" w:rsidR="00197E19" w:rsidRDefault="00197E19">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
+    <w:panose1 w:val="020B0004020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
+    <w:panose1 w:val="020B0004020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0D055A2D" w14:textId="77777777" w:rsidR="00435466" w:rsidRDefault="00435466" w:rsidP="007101DB">
+    <w:p w14:paraId="5559D2B6" w14:textId="77777777" w:rsidR="00197E19" w:rsidRDefault="00197E19" w:rsidP="007101DB">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2518994D" w14:textId="77777777" w:rsidR="00435466" w:rsidRDefault="00435466" w:rsidP="007101DB">
+    <w:p w14:paraId="70A39A04" w14:textId="77777777" w:rsidR="00197E19" w:rsidRDefault="00197E19" w:rsidP="007101DB">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="01893A8A" w14:textId="77777777" w:rsidR="00435466" w:rsidRDefault="00435466">
+    <w:p w14:paraId="10FE5449" w14:textId="77777777" w:rsidR="00197E19" w:rsidRDefault="00197E19">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="21EBAEE1" w14:textId="77777777" w:rsidR="00F705A6" w:rsidRDefault="00F705A6" w:rsidP="00F705A6">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F0772A">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00F0772A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> Dokumenta parakstāms ar drošu elektronisko parakstu un tam jāsatur laika zīmogu. Dokumenta datums ir</w:t>
@@ -1738,141 +2223,147 @@
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="718162473">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1275165806">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1504933837">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="923613669">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="166"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:documentProtection w:edit="forms" w:enforcement="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002E033A"/>
     <w:rsid w:val="00000ACE"/>
+    <w:rsid w:val="00002508"/>
     <w:rsid w:val="000227C5"/>
     <w:rsid w:val="00023005"/>
     <w:rsid w:val="00034B68"/>
     <w:rsid w:val="0003632F"/>
     <w:rsid w:val="00063464"/>
     <w:rsid w:val="00063811"/>
     <w:rsid w:val="0006406F"/>
     <w:rsid w:val="00064651"/>
     <w:rsid w:val="00067E28"/>
     <w:rsid w:val="00075317"/>
     <w:rsid w:val="00083961"/>
     <w:rsid w:val="00087450"/>
     <w:rsid w:val="0009494A"/>
     <w:rsid w:val="000A1E54"/>
     <w:rsid w:val="000B535E"/>
     <w:rsid w:val="000C62BC"/>
     <w:rsid w:val="000E069E"/>
     <w:rsid w:val="000F4D37"/>
     <w:rsid w:val="00110E69"/>
     <w:rsid w:val="00122042"/>
     <w:rsid w:val="00145F78"/>
     <w:rsid w:val="0018158D"/>
     <w:rsid w:val="00187A37"/>
     <w:rsid w:val="00194B9E"/>
+    <w:rsid w:val="00197E19"/>
     <w:rsid w:val="001A4F86"/>
     <w:rsid w:val="001C6BE5"/>
     <w:rsid w:val="001C7F41"/>
     <w:rsid w:val="00220C75"/>
     <w:rsid w:val="00222ADD"/>
     <w:rsid w:val="002255BF"/>
     <w:rsid w:val="002617BC"/>
     <w:rsid w:val="0027121E"/>
     <w:rsid w:val="00271973"/>
+    <w:rsid w:val="00275514"/>
     <w:rsid w:val="0028329E"/>
     <w:rsid w:val="00284A6B"/>
     <w:rsid w:val="002D6450"/>
     <w:rsid w:val="002E033A"/>
     <w:rsid w:val="002F3267"/>
     <w:rsid w:val="003001F5"/>
     <w:rsid w:val="003029D2"/>
     <w:rsid w:val="00344629"/>
     <w:rsid w:val="003609AA"/>
     <w:rsid w:val="0038629A"/>
     <w:rsid w:val="003A2CC6"/>
     <w:rsid w:val="003A4444"/>
     <w:rsid w:val="003B6F1A"/>
     <w:rsid w:val="003F5070"/>
     <w:rsid w:val="003F5E6F"/>
     <w:rsid w:val="00403F3E"/>
+    <w:rsid w:val="00434786"/>
     <w:rsid w:val="00435466"/>
     <w:rsid w:val="004423E1"/>
     <w:rsid w:val="00445ACC"/>
     <w:rsid w:val="004518BA"/>
     <w:rsid w:val="00474F4F"/>
     <w:rsid w:val="004B12A7"/>
     <w:rsid w:val="004D410E"/>
     <w:rsid w:val="004D70FF"/>
     <w:rsid w:val="004F0B90"/>
     <w:rsid w:val="005008E5"/>
     <w:rsid w:val="00504364"/>
     <w:rsid w:val="005105D6"/>
     <w:rsid w:val="005239D2"/>
     <w:rsid w:val="00530405"/>
     <w:rsid w:val="005557CA"/>
     <w:rsid w:val="005848AF"/>
     <w:rsid w:val="005860DB"/>
+    <w:rsid w:val="00591F79"/>
     <w:rsid w:val="005A194E"/>
     <w:rsid w:val="005D0961"/>
     <w:rsid w:val="005D23E9"/>
     <w:rsid w:val="005E454C"/>
     <w:rsid w:val="005F7BD4"/>
     <w:rsid w:val="00612C2E"/>
     <w:rsid w:val="00613BA9"/>
     <w:rsid w:val="00634EE1"/>
     <w:rsid w:val="00641B6C"/>
     <w:rsid w:val="00691AEC"/>
     <w:rsid w:val="006C0EF7"/>
     <w:rsid w:val="006C4184"/>
     <w:rsid w:val="006F6142"/>
     <w:rsid w:val="006F788E"/>
     <w:rsid w:val="007101DB"/>
     <w:rsid w:val="0072533B"/>
     <w:rsid w:val="0074740F"/>
     <w:rsid w:val="00761AD3"/>
     <w:rsid w:val="007646B5"/>
     <w:rsid w:val="00767508"/>
     <w:rsid w:val="00771589"/>
     <w:rsid w:val="00792384"/>
     <w:rsid w:val="007A1D35"/>
     <w:rsid w:val="007C3436"/>
     <w:rsid w:val="007F079D"/>
@@ -1885,79 +2376,84 @@
     <w:rsid w:val="00870704"/>
     <w:rsid w:val="00871566"/>
     <w:rsid w:val="00877660"/>
     <w:rsid w:val="00884538"/>
     <w:rsid w:val="008A63C4"/>
     <w:rsid w:val="008C4925"/>
     <w:rsid w:val="008C74FF"/>
     <w:rsid w:val="008F1CDC"/>
     <w:rsid w:val="00901D11"/>
     <w:rsid w:val="009034E0"/>
     <w:rsid w:val="00904296"/>
     <w:rsid w:val="009073B0"/>
     <w:rsid w:val="00916441"/>
     <w:rsid w:val="00980335"/>
     <w:rsid w:val="009871DA"/>
     <w:rsid w:val="009B1150"/>
     <w:rsid w:val="009B5CA3"/>
     <w:rsid w:val="009D34C7"/>
     <w:rsid w:val="009E4546"/>
     <w:rsid w:val="009E5A3D"/>
     <w:rsid w:val="00A274EE"/>
     <w:rsid w:val="00A525A8"/>
     <w:rsid w:val="00A74346"/>
     <w:rsid w:val="00A8529F"/>
     <w:rsid w:val="00AC0306"/>
+    <w:rsid w:val="00AE50C5"/>
     <w:rsid w:val="00B00D3E"/>
     <w:rsid w:val="00B407A7"/>
     <w:rsid w:val="00B57284"/>
     <w:rsid w:val="00B659BC"/>
     <w:rsid w:val="00B90EC7"/>
     <w:rsid w:val="00BB0BB9"/>
+    <w:rsid w:val="00BB6E23"/>
     <w:rsid w:val="00BC0455"/>
     <w:rsid w:val="00BC57FC"/>
     <w:rsid w:val="00BD6A52"/>
     <w:rsid w:val="00BF5079"/>
     <w:rsid w:val="00C3039D"/>
     <w:rsid w:val="00C84F5B"/>
     <w:rsid w:val="00C97F20"/>
     <w:rsid w:val="00CD07DA"/>
     <w:rsid w:val="00CD442C"/>
     <w:rsid w:val="00D009B6"/>
     <w:rsid w:val="00D01496"/>
     <w:rsid w:val="00D30095"/>
     <w:rsid w:val="00D430AC"/>
+    <w:rsid w:val="00D45C1F"/>
+    <w:rsid w:val="00D5369A"/>
     <w:rsid w:val="00D54ABC"/>
     <w:rsid w:val="00D77CCF"/>
     <w:rsid w:val="00D86CF1"/>
     <w:rsid w:val="00D91C53"/>
     <w:rsid w:val="00DA024C"/>
     <w:rsid w:val="00DA4541"/>
     <w:rsid w:val="00DB2A32"/>
     <w:rsid w:val="00DC0D9C"/>
     <w:rsid w:val="00DC48AC"/>
     <w:rsid w:val="00DD0FAD"/>
+    <w:rsid w:val="00DE30D0"/>
     <w:rsid w:val="00DE3BBE"/>
     <w:rsid w:val="00E03513"/>
     <w:rsid w:val="00E07A58"/>
     <w:rsid w:val="00E37730"/>
     <w:rsid w:val="00E51261"/>
     <w:rsid w:val="00E54EE7"/>
     <w:rsid w:val="00E74192"/>
     <w:rsid w:val="00ED1E3A"/>
     <w:rsid w:val="00EE3383"/>
     <w:rsid w:val="00EF2FAE"/>
     <w:rsid w:val="00F04226"/>
     <w:rsid w:val="00F04E5F"/>
     <w:rsid w:val="00F062F9"/>
     <w:rsid w:val="00F573E5"/>
     <w:rsid w:val="00F60408"/>
     <w:rsid w:val="00F705A6"/>
     <w:rsid w:val="00F7431B"/>
     <w:rsid w:val="00F835F4"/>
     <w:rsid w:val="00FB6100"/>
     <w:rsid w:val="00FE44E6"/>
     <w:rsid w:val="00FF0216"/>
     <w:rsid w:val="0155EACA"/>
     <w:rsid w:val="036C2973"/>
     <w:rsid w:val="03AB4D6C"/>
     <w:rsid w:val="1164DA57"/>
@@ -1975,51 +2471,51 @@
     <w:rsid w:val="725E1A5E"/>
     <w:rsid w:val="7FFAD64F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
-  <w:listSeparator w:val=";"/>
+  <w:listSeparator w:val=","/>
   <w14:docId w14:val="3F456298"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{30FA2CD6-4898-4B9F-A758-FE14652908D6}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3538,74 +4034,50 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...22 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x0101003D0118E830AEDD428D4BE0AAFD13557A" ma:contentTypeVersion="15" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="578fec32e9c32c9dcd0700d6cf67b9e9">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="6adcef3d-66e4-4441-b622-2181f76b34ed" xmlns:ns3="ec04e77d-702b-4270-bfd8-12ec561e14fa" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="c4178b882e999ebd62750f6cb7e8896d" ns2:_="" ns3:_="">
     <xsd:import namespace="6adcef3d-66e4-4441-b622-2181f76b34ed"/>
     <xsd:import namespace="ec04e77d-702b-4270-bfd8-12ec561e14fa"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
               </xsd:all>
@@ -3796,96 +4268,150 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="6adcef3d-66e4-4441-b622-2181f76b34ed">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="ec04e77d-702b-4270-bfd8-12ec561e14fa" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{694CBF8F-6B74-4A6C-9FE8-410D2FCAFFB1}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="6adcef3d-66e4-4441-b622-2181f76b34ed"/>
+    <ds:schemaRef ds:uri="ec04e77d-702b-4270-bfd8-12ec561e14fa"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CF8EDCD0-F2C9-4144-92F9-5EF8ED0D67D9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{87F67864-0F50-42CA-B0F4-563AE6CCB3A2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9B5307AC-08D6-439D-BB07-AF3261248C31}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="6adcef3d-66e4-4441-b622-2181f76b34ed"/>
     <ds:schemaRef ds:uri="ec04e77d-702b-4270-bfd8-12ec561e14fa"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1203</Words>
-  <Characters>686</Characters>
+  <Words>215</Words>
+  <Characters>1765</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>5</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>196</Lines>
+  <Paragraphs>48</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company>CFLA</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1886</CharactersWithSpaces>
+  <CharactersWithSpaces>1932</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Santa Ozola-Tiruma</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101003D0118E830AEDD428D4BE0AAFD13557A</vt:lpwstr>