--- v0 (2026-01-09)
+++ v1 (2026-03-11)
@@ -1,61 +1,61 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28803"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="10302"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://latvijaszinatnespadome.sharepoint.com/sites/NKPikdiena/Koplietojamie dokumenti/1.1.1.5.SAMP-aktivitasu-nolikumi/1.1.1.5.SAMP-17.5.6-aktivitates-NordForsk-nolikums/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/elinagulbe/Downloads/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="21" documentId="13_ncr:1_{9E916355-D8B2-4514-B256-E6FCF28B6C5D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{6AA908F9-DC3B-433F-9D27-6EFC1B4B978F}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F1CE213C-F8F7-A140-BD87-57FB2ADD3C2C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="0" yWindow="660" windowWidth="29040" windowHeight="16500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Maks_piepr_grafiks" sheetId="2" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
@@ -138,54 +138,54 @@
   </si>
   <si>
     <t>[paraksttiesīgās amatpersonas amats]</t>
   </si>
   <si>
     <t>/paraksts/</t>
   </si>
   <si>
     <t>/Vārds, uzvārds/</t>
   </si>
   <si>
     <t>20___.gada_______________</t>
   </si>
   <si>
     <t>* atbilstoši līgumam par pētniecības projekta īstenošanu maksājumu pieprasījumu iesniegšanas grafikā atbilstošajos mēnešos tiek norādīta plānotā pusgada maksājuma pieprasījuma summa;</t>
   </si>
   <si>
     <t xml:space="preserve"> N.B. plānojot maksājumu pieprasījumu iesniegšanu un finanšu plūsmu, jāņem vērā maksājuma pieprasījuma izvērtēšanas laiks padomē (saskaņā ar padomes ___.___.______. iekšējiem noteikumiem maksimāli 30 (trīsdesmit) darba dienas.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
-    <numFmt numFmtId="44" formatCode="_-* #,##0.00\ &quot;€&quot;_-;\-* #,##0.00\ &quot;€&quot;_-;_-* &quot;-&quot;??\ &quot;€&quot;_-;_-@_-"/>
-    <numFmt numFmtId="164" formatCode="_-* #,##0.00\ _€_-;\-* #,##0.00\ _€_-;_-* &quot;-&quot;??\ _€_-;_-@_-"/>
+    <numFmt numFmtId="164" formatCode="_-* #,##0.00\ &quot;€&quot;_-;\-* #,##0.00\ &quot;€&quot;_-;_-* &quot;-&quot;??\ &quot;€&quot;_-;_-@_-"/>
+    <numFmt numFmtId="165" formatCode="_-* #,##0.00\ _€_-;\-* #,##0.00\ _€_-;_-* &quot;-&quot;??\ _€_-;_-@_-"/>
   </numFmts>
-  <fonts count="15">
+  <fonts count="15" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="9"/>
@@ -361,142 +361,175 @@
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="44" fontId="9" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="164" fontId="9" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="34">
+  <cellXfs count="35">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="165" fontId="7" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="165" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="165" fontId="2" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...1 lines deleted...]
-    <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="165" fontId="2" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...29 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="164" fontId="2" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="2" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...4 lines deleted...]
-      <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Currency" xfId="1" builtinId="4"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -748,639 +781,639 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:O80"/>
   <sheetViews>
-    <sheetView tabSelected="1" view="pageBreakPreview" topLeftCell="A5" zoomScale="130" zoomScaleNormal="73" zoomScaleSheetLayoutView="130" zoomScalePageLayoutView="82" workbookViewId="0">
-      <selection activeCell="R17" sqref="R17"/>
+    <sheetView tabSelected="1" view="pageBreakPreview" zoomScale="130" zoomScaleNormal="73" zoomScaleSheetLayoutView="130" zoomScalePageLayoutView="82" workbookViewId="0">
+      <selection activeCell="I19" sqref="I19"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="9.1640625" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="32.28515625" style="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="14" max="14" width="8" customWidth="1"/>
+    <col min="1" max="1" width="32.33203125" style="4" customWidth="1"/>
+    <col min="2" max="13" width="7.5" style="3" customWidth="1"/>
+    <col min="14" max="14" width="8" style="3" customWidth="1"/>
+    <col min="15" max="16384" width="9.1640625" style="3"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:15" ht="154.5" customHeight="1">
-      <c r="A1" s="23" t="s">
+    <row r="1" spans="1:15" ht="154.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="24"/>
-[...14 lines deleted...]
-      <c r="A2" s="32" t="s">
+      <c r="B1" s="2"/>
+      <c r="C1" s="2"/>
+      <c r="D1" s="2"/>
+      <c r="E1" s="2"/>
+      <c r="F1" s="2"/>
+      <c r="G1" s="2"/>
+      <c r="H1" s="2"/>
+      <c r="I1" s="2"/>
+      <c r="J1" s="2"/>
+      <c r="K1" s="2"/>
+      <c r="L1" s="2"/>
+      <c r="M1" s="2"/>
+      <c r="N1" s="2"/>
+    </row>
+    <row r="2" spans="1:15" ht="18" x14ac:dyDescent="0.2">
+      <c r="A2" s="27" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="32"/>
-[...15 lines deleted...]
-      <c r="A4" s="17" t="s">
+      <c r="B2" s="27"/>
+      <c r="C2" s="27"/>
+      <c r="D2" s="27"/>
+      <c r="E2" s="27"/>
+      <c r="F2" s="27"/>
+      <c r="G2" s="27"/>
+      <c r="H2" s="27"/>
+      <c r="I2" s="27"/>
+      <c r="J2" s="27"/>
+      <c r="K2" s="27"/>
+      <c r="L2" s="27"/>
+      <c r="M2" s="27"/>
+      <c r="N2" s="27"/>
+    </row>
+    <row r="3" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="4" spans="1:15" ht="16" x14ac:dyDescent="0.2">
+      <c r="A4" s="28" t="s">
         <v>2</v>
       </c>
-      <c r="B4" s="17"/>
-[...14 lines deleted...]
-      <c r="A5" s="17" t="s">
+      <c r="B4" s="28"/>
+      <c r="C4" s="5"/>
+      <c r="D4" s="5"/>
+      <c r="E4" s="5"/>
+      <c r="F4" s="5"/>
+      <c r="G4" s="5"/>
+      <c r="H4" s="5"/>
+      <c r="I4" s="5"/>
+      <c r="J4" s="5"/>
+      <c r="K4" s="5"/>
+      <c r="L4" s="5"/>
+      <c r="M4" s="6"/>
+      <c r="N4" s="6"/>
+    </row>
+    <row r="5" spans="1:15" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="28" t="s">
         <v>3</v>
       </c>
-      <c r="B5" s="17"/>
-[...14 lines deleted...]
-      <c r="A6" s="17" t="s">
+      <c r="B5" s="28"/>
+      <c r="C5" s="7"/>
+      <c r="D5" s="8"/>
+      <c r="E5" s="8"/>
+      <c r="F5" s="8"/>
+      <c r="G5" s="8"/>
+      <c r="H5" s="8"/>
+      <c r="I5" s="8"/>
+      <c r="J5" s="8"/>
+      <c r="K5" s="8"/>
+      <c r="L5" s="9"/>
+      <c r="M5" s="6"/>
+      <c r="N5" s="6"/>
+    </row>
+    <row r="6" spans="1:15" ht="16" x14ac:dyDescent="0.2">
+      <c r="A6" s="28" t="s">
         <v>4</v>
       </c>
-      <c r="B6" s="17"/>
-      <c r="C6" s="22" t="s">
+      <c r="B6" s="28"/>
+      <c r="C6" s="10" t="s">
         <v>5</v>
       </c>
-      <c r="D6" s="22"/>
-[...11 lines deleted...]
-      <c r="F8" s="33" t="s">
+      <c r="D6" s="10"/>
+      <c r="E6" s="10"/>
+      <c r="F6" s="10"/>
+      <c r="G6" s="10"/>
+      <c r="H6" s="10"/>
+      <c r="I6" s="10"/>
+      <c r="J6" s="10"/>
+      <c r="K6" s="10"/>
+      <c r="L6" s="10"/>
+    </row>
+    <row r="7" spans="1:15" ht="14.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="8" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="F8" s="11" t="s">
         <v>6</v>
       </c>
-      <c r="G8" s="33"/>
-[...3 lines deleted...]
-      <c r="A9" s="28" t="s">
+      <c r="G8" s="11"/>
+      <c r="H8" s="11"/>
+    </row>
+    <row r="9" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A9" s="29" t="s">
         <v>7</v>
       </c>
-      <c r="B9" s="6" t="s">
+      <c r="B9" s="33" t="s">
         <v>8</v>
       </c>
-      <c r="C9" s="6" t="s">
+      <c r="C9" s="33" t="s">
         <v>9</v>
       </c>
-      <c r="D9" s="6" t="s">
+      <c r="D9" s="33" t="s">
         <v>10</v>
       </c>
-      <c r="E9" s="6" t="s">
+      <c r="E9" s="33" t="s">
         <v>11</v>
       </c>
-      <c r="F9" s="6" t="s">
+      <c r="F9" s="33" t="s">
         <v>12</v>
       </c>
-      <c r="G9" s="6" t="s">
+      <c r="G9" s="33" t="s">
         <v>13</v>
       </c>
-      <c r="H9" s="6" t="s">
+      <c r="H9" s="33" t="s">
         <v>14</v>
       </c>
-      <c r="I9" s="6" t="s">
+      <c r="I9" s="33" t="s">
         <v>15</v>
       </c>
-      <c r="J9" s="6" t="s">
+      <c r="J9" s="33" t="s">
         <v>16</v>
       </c>
-      <c r="K9" s="6" t="s">
+      <c r="K9" s="33" t="s">
         <v>17</v>
       </c>
-      <c r="L9" s="6" t="s">
+      <c r="L9" s="33" t="s">
         <v>18</v>
       </c>
-      <c r="M9" s="6" t="s">
+      <c r="M9" s="33" t="s">
         <v>19</v>
       </c>
-      <c r="N9" s="2" t="s">
+      <c r="N9" s="34" t="s">
         <v>20</v>
       </c>
-      <c r="O9" s="1"/>
-[...26 lines deleted...]
-      <c r="F13" s="33" t="s">
+      <c r="O9" s="4"/>
+    </row>
+    <row r="10" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="30"/>
+      <c r="B10" s="12"/>
+      <c r="C10" s="12"/>
+      <c r="D10" s="12"/>
+      <c r="E10" s="12"/>
+      <c r="F10" s="12"/>
+      <c r="G10" s="12"/>
+      <c r="H10" s="13"/>
+      <c r="I10" s="12"/>
+      <c r="J10" s="12"/>
+      <c r="K10" s="12"/>
+      <c r="L10" s="12"/>
+      <c r="M10" s="12"/>
+      <c r="N10" s="14"/>
+      <c r="O10" s="4"/>
+    </row>
+    <row r="11" spans="1:15" ht="6" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="15"/>
+    </row>
+    <row r="12" spans="1:15" ht="3" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="15"/>
+    </row>
+    <row r="13" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A13" s="15"/>
+      <c r="F13" s="11" t="s">
         <v>6</v>
       </c>
-      <c r="G13" s="33"/>
-[...3 lines deleted...]
-      <c r="A14" s="28" t="s">
+      <c r="G13" s="11"/>
+      <c r="H13" s="11"/>
+    </row>
+    <row r="14" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A14" s="29" t="s">
         <v>7</v>
       </c>
-      <c r="B14" s="6" t="s">
+      <c r="B14" s="33" t="s">
         <v>8</v>
       </c>
-      <c r="C14" s="6" t="s">
+      <c r="C14" s="33" t="s">
         <v>9</v>
       </c>
-      <c r="D14" s="6" t="s">
+      <c r="D14" s="33" t="s">
         <v>10</v>
       </c>
-      <c r="E14" s="6" t="s">
+      <c r="E14" s="33" t="s">
         <v>11</v>
       </c>
-      <c r="F14" s="6" t="s">
+      <c r="F14" s="33" t="s">
         <v>12</v>
       </c>
-      <c r="G14" s="6" t="s">
+      <c r="G14" s="33" t="s">
         <v>13</v>
       </c>
-      <c r="H14" s="6" t="s">
+      <c r="H14" s="33" t="s">
         <v>14</v>
       </c>
-      <c r="I14" s="6" t="s">
+      <c r="I14" s="33" t="s">
         <v>15</v>
       </c>
-      <c r="J14" s="6" t="s">
+      <c r="J14" s="33" t="s">
         <v>16</v>
       </c>
-      <c r="K14" s="6" t="s">
+      <c r="K14" s="33" t="s">
         <v>17</v>
       </c>
-      <c r="L14" s="6" t="s">
+      <c r="L14" s="33" t="s">
         <v>18</v>
       </c>
-      <c r="M14" s="6" t="s">
+      <c r="M14" s="33" t="s">
         <v>19</v>
       </c>
-      <c r="N14" s="2" t="s">
+      <c r="N14" s="34" t="s">
         <v>20</v>
       </c>
     </row>
-    <row r="15" spans="1:15">
-[...20 lines deleted...]
-      <c r="F17" s="33" t="s">
+    <row r="15" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A15" s="30"/>
+      <c r="B15" s="12"/>
+      <c r="C15" s="12"/>
+      <c r="D15" s="12"/>
+      <c r="E15" s="12"/>
+      <c r="F15" s="12"/>
+      <c r="G15" s="13"/>
+      <c r="H15" s="12"/>
+      <c r="I15" s="12"/>
+      <c r="J15" s="12"/>
+      <c r="K15" s="12"/>
+      <c r="L15" s="12"/>
+      <c r="M15" s="13"/>
+      <c r="N15" s="14"/>
+    </row>
+    <row r="16" spans="1:15" ht="3" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="15"/>
+    </row>
+    <row r="17" spans="1:14" x14ac:dyDescent="0.2">
+      <c r="A17" s="15"/>
+      <c r="F17" s="11" t="s">
         <v>6</v>
       </c>
-      <c r="G17" s="33"/>
-[...3 lines deleted...]
-      <c r="A18" s="28" t="s">
+      <c r="G17" s="11"/>
+      <c r="H17" s="11"/>
+    </row>
+    <row r="18" spans="1:14" x14ac:dyDescent="0.2">
+      <c r="A18" s="29" t="s">
         <v>7</v>
       </c>
-      <c r="B18" s="6" t="s">
+      <c r="B18" s="33" t="s">
         <v>8</v>
       </c>
-      <c r="C18" s="6" t="s">
+      <c r="C18" s="33" t="s">
         <v>9</v>
       </c>
-      <c r="D18" s="6" t="s">
+      <c r="D18" s="33" t="s">
         <v>10</v>
       </c>
-      <c r="E18" s="6" t="s">
+      <c r="E18" s="33" t="s">
         <v>11</v>
       </c>
-      <c r="F18" s="6" t="s">
+      <c r="F18" s="33" t="s">
         <v>12</v>
       </c>
-      <c r="G18" s="6" t="s">
+      <c r="G18" s="33" t="s">
         <v>13</v>
       </c>
-      <c r="H18" s="6" t="s">
+      <c r="H18" s="33" t="s">
         <v>14</v>
       </c>
-      <c r="I18" s="6" t="s">
+      <c r="I18" s="33" t="s">
         <v>15</v>
       </c>
-      <c r="J18" s="6" t="s">
+      <c r="J18" s="33" t="s">
         <v>16</v>
       </c>
-      <c r="K18" s="6" t="s">
+      <c r="K18" s="33" t="s">
         <v>17</v>
       </c>
-      <c r="L18" s="6" t="s">
+      <c r="L18" s="33" t="s">
         <v>18</v>
       </c>
-      <c r="M18" s="6" t="s">
+      <c r="M18" s="33" t="s">
         <v>19</v>
       </c>
-      <c r="N18" s="2" t="s">
+      <c r="N18" s="34" t="s">
         <v>20</v>
       </c>
     </row>
-    <row r="19" spans="1:14">
-[...20 lines deleted...]
-      <c r="F21" s="33" t="s">
+    <row r="19" spans="1:14" x14ac:dyDescent="0.2">
+      <c r="A19" s="30"/>
+      <c r="B19" s="12"/>
+      <c r="C19" s="12"/>
+      <c r="D19" s="12"/>
+      <c r="E19" s="12"/>
+      <c r="F19" s="12"/>
+      <c r="G19" s="13"/>
+      <c r="H19" s="12"/>
+      <c r="I19" s="12"/>
+      <c r="J19" s="12"/>
+      <c r="K19" s="12"/>
+      <c r="L19" s="12"/>
+      <c r="M19" s="13"/>
+      <c r="N19" s="14"/>
+    </row>
+    <row r="20" spans="1:14" ht="3" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="16"/>
+    </row>
+    <row r="21" spans="1:14" x14ac:dyDescent="0.2">
+      <c r="A21" s="15"/>
+      <c r="F21" s="11" t="s">
         <v>6</v>
       </c>
-      <c r="G21" s="33"/>
-[...3 lines deleted...]
-      <c r="A22" s="28" t="s">
+      <c r="G21" s="11"/>
+      <c r="H21" s="11"/>
+    </row>
+    <row r="22" spans="1:14" x14ac:dyDescent="0.2">
+      <c r="A22" s="29" t="s">
         <v>7</v>
       </c>
-      <c r="B22" s="6" t="s">
+      <c r="B22" s="33" t="s">
         <v>8</v>
       </c>
-      <c r="C22" s="6" t="s">
+      <c r="C22" s="33" t="s">
         <v>9</v>
       </c>
-      <c r="D22" s="6" t="s">
+      <c r="D22" s="33" t="s">
         <v>10</v>
       </c>
-      <c r="E22" s="6" t="s">
+      <c r="E22" s="33" t="s">
         <v>11</v>
       </c>
-      <c r="F22" s="6" t="s">
+      <c r="F22" s="33" t="s">
         <v>12</v>
       </c>
-      <c r="G22" s="6" t="s">
+      <c r="G22" s="33" t="s">
         <v>13</v>
       </c>
-      <c r="H22" s="6" t="s">
+      <c r="H22" s="33" t="s">
         <v>14</v>
       </c>
-      <c r="I22" s="6" t="s">
+      <c r="I22" s="33" t="s">
         <v>15</v>
       </c>
-      <c r="J22" s="6" t="s">
+      <c r="J22" s="33" t="s">
         <v>16</v>
       </c>
-      <c r="K22" s="6" t="s">
+      <c r="K22" s="33" t="s">
         <v>17</v>
       </c>
-      <c r="L22" s="6" t="s">
+      <c r="L22" s="33" t="s">
         <v>18</v>
       </c>
-      <c r="M22" s="6" t="s">
+      <c r="M22" s="33" t="s">
         <v>19</v>
       </c>
-      <c r="N22" s="2" t="s">
+      <c r="N22" s="34" t="s">
         <v>20</v>
       </c>
     </row>
-    <row r="23" spans="1:14">
-[...17 lines deleted...]
-      <c r="A25" s="16" t="s">
+    <row r="23" spans="1:14" x14ac:dyDescent="0.2">
+      <c r="A23" s="30"/>
+      <c r="B23" s="12"/>
+      <c r="C23" s="12"/>
+      <c r="D23" s="12"/>
+      <c r="E23" s="12"/>
+      <c r="F23" s="12"/>
+      <c r="G23" s="13"/>
+      <c r="H23" s="12"/>
+      <c r="I23" s="12"/>
+      <c r="J23" s="12"/>
+      <c r="K23" s="12"/>
+      <c r="L23" s="12"/>
+      <c r="M23" s="13"/>
+      <c r="N23" s="14"/>
+    </row>
+    <row r="24" spans="1:14" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="25" spans="1:14" ht="17" x14ac:dyDescent="0.2">
+      <c r="A25" s="31" t="s">
         <v>21</v>
       </c>
-      <c r="B25" s="30"/>
-[...3 lines deleted...]
-      <c r="A26" s="12" t="s">
+      <c r="B25" s="17"/>
+      <c r="C25" s="18"/>
+    </row>
+    <row r="26" spans="1:14" s="4" customFormat="1" ht="34" x14ac:dyDescent="0.15">
+      <c r="A26" s="32" t="s">
         <v>22</v>
       </c>
-      <c r="B26" s="27"/>
-[...6 lines deleted...]
-      <c r="A28" s="15" t="s">
+      <c r="B26" s="19"/>
+      <c r="C26" s="19"/>
+    </row>
+    <row r="27" spans="1:14" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A27" s="3"/>
+    </row>
+    <row r="28" spans="1:14" ht="16" x14ac:dyDescent="0.2">
+      <c r="A28" s="20" t="s">
         <v>23</v>
       </c>
-      <c r="B28" s="5"/>
-[...5 lines deleted...]
-      <c r="A29" s="9" t="s">
+      <c r="B28" s="16"/>
+      <c r="C28" s="16"/>
+      <c r="D28" s="16"/>
+      <c r="E28" s="16"/>
+    </row>
+    <row r="29" spans="1:14" ht="16" x14ac:dyDescent="0.2">
+      <c r="A29" s="21" t="s">
         <v>24</v>
       </c>
-      <c r="B29" s="5"/>
-[...12 lines deleted...]
-      <c r="A31" s="14" t="s">
+      <c r="B29" s="16"/>
+      <c r="C29" s="16"/>
+      <c r="D29" s="16"/>
+      <c r="E29" s="16"/>
+    </row>
+    <row r="30" spans="1:14" ht="16" x14ac:dyDescent="0.2">
+      <c r="A30" s="21"/>
+      <c r="B30" s="16"/>
+      <c r="C30" s="16"/>
+      <c r="D30" s="16"/>
+      <c r="E30" s="16"/>
+    </row>
+    <row r="31" spans="1:14" ht="16" x14ac:dyDescent="0.2">
+      <c r="A31" s="22" t="s">
         <v>25</v>
       </c>
-      <c r="B31" s="5"/>
-[...4 lines deleted...]
-      <c r="A32" s="9" t="s">
+      <c r="B31" s="16"/>
+      <c r="C31" s="16"/>
+      <c r="E31" s="16"/>
+    </row>
+    <row r="32" spans="1:14" ht="16" x14ac:dyDescent="0.2">
+      <c r="A32" s="21" t="s">
         <v>26</v>
       </c>
-      <c r="B32" s="5"/>
-[...5 lines deleted...]
-      <c r="A33" s="8" t="s">
+      <c r="B32" s="16"/>
+      <c r="C32" s="16"/>
+      <c r="D32" s="16"/>
+      <c r="E32" s="16"/>
+    </row>
+    <row r="33" spans="1:14" ht="16" x14ac:dyDescent="0.2">
+      <c r="A33" s="23" t="s">
         <v>27</v>
       </c>
-      <c r="B33" s="5"/>
-[...5 lines deleted...]
-      <c r="A35" s="25" t="s">
+      <c r="B33" s="16"/>
+      <c r="C33" s="16"/>
+      <c r="D33" s="16"/>
+      <c r="E33" s="16"/>
+    </row>
+    <row r="35" spans="1:14" x14ac:dyDescent="0.2">
+      <c r="A35" s="24" t="s">
         <v>28</v>
       </c>
-      <c r="B35" s="25"/>
-[...14 lines deleted...]
-      <c r="A36" s="26" t="s">
+      <c r="B35" s="24"/>
+      <c r="C35" s="24"/>
+      <c r="D35" s="24"/>
+      <c r="E35" s="24"/>
+      <c r="F35" s="24"/>
+      <c r="G35" s="24"/>
+      <c r="H35" s="24"/>
+      <c r="I35" s="24"/>
+      <c r="J35" s="24"/>
+      <c r="K35" s="24"/>
+      <c r="L35" s="24"/>
+      <c r="M35" s="24"/>
+      <c r="N35" s="24"/>
+    </row>
+    <row r="36" spans="1:14" x14ac:dyDescent="0.2">
+      <c r="A36" s="25" t="s">
         <v>29</v>
       </c>
-      <c r="B36" s="26"/>
-[...52 lines deleted...]
-      <c r="M80" s="4"/>
+      <c r="B36" s="25"/>
+      <c r="C36" s="25"/>
+      <c r="D36" s="25"/>
+      <c r="E36" s="25"/>
+      <c r="F36" s="25"/>
+      <c r="G36" s="25"/>
+      <c r="H36" s="25"/>
+      <c r="I36" s="25"/>
+      <c r="J36" s="25"/>
+      <c r="K36" s="25"/>
+      <c r="L36" s="25"/>
+      <c r="M36" s="25"/>
+      <c r="N36" s="25"/>
+    </row>
+    <row r="37" spans="1:14" x14ac:dyDescent="0.2">
+      <c r="A37" s="25"/>
+      <c r="B37" s="25"/>
+      <c r="C37" s="25"/>
+      <c r="D37" s="25"/>
+      <c r="E37" s="25"/>
+      <c r="F37" s="25"/>
+      <c r="G37" s="25"/>
+      <c r="H37" s="25"/>
+      <c r="I37" s="25"/>
+      <c r="J37" s="25"/>
+      <c r="K37" s="25"/>
+      <c r="L37" s="25"/>
+      <c r="M37" s="25"/>
+      <c r="N37" s="25"/>
+    </row>
+    <row r="76" spans="3:13" ht="9" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="78" spans="3:13" x14ac:dyDescent="0.2">
+      <c r="C78" s="26"/>
+      <c r="E78" s="26"/>
+      <c r="G78" s="26"/>
+      <c r="I78" s="26"/>
+      <c r="K78" s="26"/>
+      <c r="M78" s="26"/>
+    </row>
+    <row r="79" spans="3:13" x14ac:dyDescent="0.2">
+      <c r="C79" s="26"/>
+      <c r="E79" s="26"/>
+      <c r="G79" s="26"/>
+      <c r="I79" s="26"/>
+      <c r="K79" s="26"/>
+      <c r="M79" s="26"/>
+    </row>
+    <row r="80" spans="3:13" x14ac:dyDescent="0.2">
+      <c r="C80" s="26"/>
+      <c r="E80" s="26"/>
+      <c r="G80" s="26"/>
+      <c r="I80" s="26"/>
+      <c r="K80" s="26"/>
+      <c r="M80" s="26"/>
     </row>
   </sheetData>
+  <sheetProtection sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
   <mergeCells count="20">
-    <mergeCell ref="F8:H8"/>
-[...10 lines deleted...]
-    <mergeCell ref="B25:C25"/>
     <mergeCell ref="A6:B6"/>
     <mergeCell ref="C4:L4"/>
     <mergeCell ref="C5:L5"/>
     <mergeCell ref="C6:L6"/>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>
     <mergeCell ref="A4:B4"/>
     <mergeCell ref="A5:B5"/>
+    <mergeCell ref="A35:N35"/>
+    <mergeCell ref="A36:N37"/>
+    <mergeCell ref="B26:C26"/>
+    <mergeCell ref="A22:A23"/>
+    <mergeCell ref="B25:C25"/>
+    <mergeCell ref="F8:H8"/>
+    <mergeCell ref="F13:H13"/>
+    <mergeCell ref="F17:H17"/>
+    <mergeCell ref="F21:H21"/>
+    <mergeCell ref="A9:A10"/>
+    <mergeCell ref="A14:A15"/>
+    <mergeCell ref="A18:A19"/>
   </mergeCells>
   <pageMargins left="0.25" right="0.92708333333333337" top="0.75" bottom="0.29217479674796748" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" scale="79" orientation="landscape" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="82" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddHeader xml:space="preserve">&amp;R&amp;"Times New Roman,Regular"
 </oddHeader>
     <oddFooter xml:space="preserve">&amp;L&amp;"Times New Roman,Italic"&amp;10
 </oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...6 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x0101003D0118E830AEDD428D4BE0AAFD13557A" ma:contentTypeVersion="15" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="578fec32e9c32c9dcd0700d6cf67b9e9">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="6adcef3d-66e4-4441-b622-2181f76b34ed" xmlns:ns3="ec04e77d-702b-4270-bfd8-12ec561e14fa" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="c4178b882e999ebd62750f6cb7e8896d" ns2:_="" ns3:_="">
     <xsd:import namespace="6adcef3d-66e4-4441-b622-2181f76b34ed"/>
     <xsd:import namespace="ec04e77d-702b-4270-bfd8-12ec561e14fa"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
@@ -1575,76 +1608,124 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="6adcef3d-66e4-4441-b622-2181f76b34ed">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="ec04e77d-702b-4270-bfd8-12ec561e14fa" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A2AFD56F-78CA-43AD-AED9-29FDEED7E25B}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2C9B0BE5-FB39-4948-B012-9FBDC6E51E51}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F4C1614F-99E5-4083-90D1-FA7BDFB7CEC2}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F4C1614F-99E5-4083-90D1-FA7BDFB7CEC2}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="6adcef3d-66e4-4441-b622-2181f76b34ed"/>
+    <ds:schemaRef ds:uri="ec04e77d-702b-4270-bfd8-12ec561e14fa"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2C9B0BE5-FB39-4948-B012-9FBDC6E51E51}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A2AFD56F-78CA-43AD-AED9-29FDEED7E25B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="6adcef3d-66e4-4441-b622-2181f76b34ed"/>
+    <ds:schemaRef ds:uri="ec04e77d-702b-4270-bfd8-12ec561e14fa"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Excel Online</Application>
+  <Application>Microsoft Macintosh Excel</Application>
+  <DocSecurity>0</DocSecurity>
+  <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Worksheets</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr>Maks_piepr_grafiks</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
   <Manager/>
   <Company>VIAA</Company>
+  <LinksUpToDate>false</LinksUpToDate>
+  <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
+  <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Baiba Kajaka – Kargane</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101003D0118E830AEDD428D4BE0AAFD13557A</vt:lpwstr>
   </property>