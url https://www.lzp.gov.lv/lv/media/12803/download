--- v0 (2026-01-09)
+++ v1 (2026-03-11)
@@ -1,61 +1,61 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28803"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29725"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://latvijaszinatnespadome.sharepoint.com/sites/NKPikdiena/Koplietojamie dokumenti/1.1.1.5.SAMP-aktivitasu-nolikumi/1.1.1.5.SAMP-17.5.6-aktivitates-NordForsk-nolikums/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\elina.gullbe\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="19" documentId="13_ncr:1_{5122F36A-C9A1-43A4-AFEE-A90484B84423}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{5DAA20BC-0A5B-4214-AA89-D5057CADD0AD}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D6A9F469-A9E2-4047-9E61-1A6C862CE91A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="38640" windowHeight="21120" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Izmaksu_tame" sheetId="4" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
@@ -200,51 +200,51 @@
   </si>
   <si>
     <t xml:space="preserve">Pētniecības projekta īstenotāja vārdā:
 </t>
   </si>
   <si>
     <t>[paraksttiesīgās amatpersonas amats]</t>
   </si>
   <si>
     <t>/paraksts/</t>
   </si>
   <si>
     <t>/Vārds, uzvārds/*</t>
   </si>
   <si>
     <t>20___.gada_______________</t>
   </si>
   <si>
     <t>*parakstīts ar drošu elektronisko parakstu un satur laika zīmogu</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="11">
+  <fonts count="11" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="12"/>
@@ -369,170 +369,218 @@
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="44">
+  <cellXfs count="49">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="1" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="1" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="1" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="1" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...9 lines deleted...]
-    <xf numFmtId="1" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="1" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="center" wrapText="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="1" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...12 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...12 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...13 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" wrapText="1"/>
-    </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
+      <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
-    </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
-    </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
-    </xf>
-[...9 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
-    </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
-    </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
-    </xf>
-[...4 lines deleted...]
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
@@ -781,547 +829,535 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:P35"/>
+  <dimension ref="A1:P36"/>
   <sheetViews>
-    <sheetView tabSelected="1" view="pageLayout" zoomScale="89" zoomScaleNormal="100" zoomScaleSheetLayoutView="120" zoomScalePageLayoutView="89" workbookViewId="0">
-      <selection activeCell="K15" sqref="K15"/>
+    <sheetView tabSelected="1" view="pageLayout" zoomScale="84" zoomScaleNormal="100" zoomScaleSheetLayoutView="120" zoomScalePageLayoutView="84" workbookViewId="0">
+      <selection activeCell="B14" sqref="B14"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15"/>
+  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="49" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="9" max="10" width="10.42578125" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="49" style="10" customWidth="1"/>
+    <col min="2" max="2" width="12.109375" style="10" customWidth="1"/>
+    <col min="3" max="3" width="10.6640625" style="10" customWidth="1"/>
+    <col min="4" max="4" width="13.88671875" style="10" customWidth="1"/>
+    <col min="5" max="5" width="17" style="10" customWidth="1"/>
+    <col min="6" max="6" width="13" style="10" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="12.88671875" style="10" customWidth="1"/>
+    <col min="8" max="8" width="10.6640625" style="10" bestFit="1" customWidth="1"/>
+    <col min="9" max="10" width="10.44140625" style="10" bestFit="1" customWidth="1"/>
+    <col min="11" max="16384" width="9.109375" style="10"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16" ht="137.25" customHeight="1">
-      <c r="A1" s="30" t="s">
+    <row r="1" spans="1:16" ht="137.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="40" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="31"/>
-[...8 lines deleted...]
-      <c r="A2" s="32" t="s">
+      <c r="B1" s="41"/>
+      <c r="C1" s="41"/>
+      <c r="D1" s="41"/>
+      <c r="E1" s="41"/>
+      <c r="F1" s="41"/>
+      <c r="G1" s="41"/>
+      <c r="H1" s="41"/>
+    </row>
+    <row r="2" spans="1:16" ht="17.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A2" s="42" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="32"/>
-[...8 lines deleted...]
-      <c r="A3" s="11" t="s">
+      <c r="B2" s="42"/>
+      <c r="C2" s="42"/>
+      <c r="D2" s="42"/>
+      <c r="E2" s="42"/>
+      <c r="F2" s="42"/>
+      <c r="G2" s="42"/>
+      <c r="H2" s="42"/>
+    </row>
+    <row r="3" spans="1:16" s="12" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A3" s="23" t="s">
         <v>2</v>
       </c>
-      <c r="B3" s="39"/>
-[...16 lines deleted...]
-      <c r="A4" s="11" t="s">
+      <c r="B3" s="46"/>
+      <c r="C3" s="47"/>
+      <c r="D3" s="47"/>
+      <c r="E3" s="47"/>
+      <c r="F3" s="47"/>
+      <c r="G3" s="47"/>
+      <c r="H3" s="48"/>
+      <c r="I3" s="17"/>
+      <c r="J3" s="17"/>
+      <c r="K3" s="17"/>
+      <c r="L3" s="17"/>
+      <c r="M3" s="17"/>
+      <c r="N3" s="17"/>
+      <c r="O3" s="18"/>
+      <c r="P3" s="18"/>
+    </row>
+    <row r="4" spans="1:16" s="12" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A4" s="23" t="s">
         <v>3</v>
       </c>
-      <c r="B4" s="39"/>
-[...16 lines deleted...]
-      <c r="A5" s="11" t="s">
+      <c r="B4" s="46"/>
+      <c r="C4" s="47"/>
+      <c r="D4" s="47"/>
+      <c r="E4" s="47"/>
+      <c r="F4" s="47"/>
+      <c r="G4" s="47"/>
+      <c r="H4" s="48"/>
+      <c r="I4" s="17"/>
+      <c r="J4" s="17"/>
+      <c r="K4" s="17"/>
+      <c r="L4" s="17"/>
+      <c r="M4" s="17"/>
+      <c r="N4" s="17"/>
+      <c r="O4" s="18"/>
+      <c r="P4" s="18"/>
+    </row>
+    <row r="5" spans="1:16" s="12" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A5" s="23" t="s">
         <v>4</v>
       </c>
-      <c r="B5" s="27" t="s">
+      <c r="B5" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C5" s="28"/>
-[...13 lines deleted...]
-      <c r="A8" s="23" t="s">
+      <c r="C5" s="2"/>
+      <c r="D5" s="3"/>
+      <c r="E5" s="4"/>
+      <c r="F5" s="4"/>
+      <c r="G5" s="4"/>
+      <c r="H5" s="4"/>
+    </row>
+    <row r="6" spans="1:16" s="12" customFormat="1" ht="3" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="24"/>
+      <c r="C6" s="19"/>
+    </row>
+    <row r="7" spans="1:16" s="12" customFormat="1" ht="8.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="24"/>
+      <c r="C7" s="20"/>
+    </row>
+    <row r="8" spans="1:16" s="22" customFormat="1" ht="40.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="25" t="s">
         <v>6</v>
       </c>
-      <c r="B8" s="24" t="s">
+      <c r="B8" s="32" t="s">
         <v>7</v>
       </c>
-      <c r="C8" s="13" t="s">
+      <c r="C8" s="33" t="s">
         <v>8</v>
       </c>
-      <c r="D8" s="13" t="s">
+      <c r="D8" s="33" t="s">
         <v>9</v>
       </c>
-      <c r="E8" s="13" t="s">
+      <c r="E8" s="33" t="s">
         <v>10</v>
       </c>
-      <c r="F8" s="13" t="s">
+      <c r="F8" s="33" t="s">
         <v>11</v>
       </c>
-      <c r="G8" s="13" t="s">
+      <c r="G8" s="33" t="s">
         <v>12</v>
       </c>
-      <c r="H8" s="13" t="s">
+      <c r="H8" s="33" t="s">
         <v>13</v>
       </c>
       <c r="I8" s="21"/>
       <c r="J8" s="21"/>
       <c r="L8" s="21"/>
       <c r="N8" s="21"/>
       <c r="P8" s="21"/>
     </row>
-    <row r="9" spans="1:16" s="1" customFormat="1">
-      <c r="A9" s="2" t="s">
+    <row r="9" spans="1:16" s="12" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A9" s="26" t="s">
         <v>14</v>
       </c>
-      <c r="B9" s="25"/>
-[...12 lines deleted...]
-      <c r="A10" s="3" t="s">
+      <c r="B9" s="5"/>
+      <c r="C9" s="6"/>
+      <c r="D9" s="4"/>
+      <c r="E9" s="6"/>
+      <c r="F9" s="4"/>
+      <c r="G9" s="6"/>
+      <c r="H9" s="4"/>
+      <c r="I9" s="20"/>
+      <c r="K9" s="20"/>
+      <c r="M9" s="20"/>
+      <c r="O9" s="20"/>
+    </row>
+    <row r="10" spans="1:16" s="12" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A10" s="27" t="s">
         <v>15</v>
       </c>
-      <c r="B10" s="26"/>
-[...12 lines deleted...]
-      <c r="A11" s="3" t="s">
+      <c r="B10" s="7"/>
+      <c r="C10" s="6"/>
+      <c r="D10" s="4"/>
+      <c r="E10" s="6"/>
+      <c r="F10" s="4"/>
+      <c r="G10" s="6"/>
+      <c r="H10" s="4"/>
+      <c r="I10" s="20"/>
+      <c r="K10" s="20"/>
+      <c r="M10" s="20"/>
+      <c r="O10" s="20"/>
+    </row>
+    <row r="11" spans="1:16" s="12" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A11" s="27" t="s">
         <v>16</v>
       </c>
-      <c r="B11" s="26"/>
-[...12 lines deleted...]
-      <c r="A12" s="3" t="s">
+      <c r="B11" s="7"/>
+      <c r="C11" s="6"/>
+      <c r="D11" s="4"/>
+      <c r="E11" s="6"/>
+      <c r="F11" s="4"/>
+      <c r="G11" s="6"/>
+      <c r="H11" s="4"/>
+      <c r="I11" s="20"/>
+      <c r="K11" s="20"/>
+      <c r="M11" s="20"/>
+      <c r="O11" s="20"/>
+    </row>
+    <row r="12" spans="1:16" s="12" customFormat="1" ht="27.6" x14ac:dyDescent="0.25">
+      <c r="A12" s="27" t="s">
         <v>17</v>
       </c>
-      <c r="B12" s="26"/>
-[...12 lines deleted...]
-      <c r="A13" s="3" t="s">
+      <c r="B12" s="7"/>
+      <c r="C12" s="6"/>
+      <c r="D12" s="4"/>
+      <c r="E12" s="6"/>
+      <c r="F12" s="4"/>
+      <c r="G12" s="6"/>
+      <c r="H12" s="4"/>
+      <c r="I12" s="20"/>
+      <c r="K12" s="20"/>
+      <c r="M12" s="20"/>
+      <c r="O12" s="20"/>
+    </row>
+    <row r="13" spans="1:16" s="12" customFormat="1" ht="41.4" x14ac:dyDescent="0.25">
+      <c r="A13" s="27" t="s">
         <v>18</v>
       </c>
-      <c r="B13" s="26"/>
-[...12 lines deleted...]
-      <c r="A14" s="3" t="s">
+      <c r="B13" s="7"/>
+      <c r="C13" s="6"/>
+      <c r="D13" s="4"/>
+      <c r="E13" s="6"/>
+      <c r="F13" s="4"/>
+      <c r="G13" s="6"/>
+      <c r="H13" s="4"/>
+      <c r="I13" s="20"/>
+      <c r="K13" s="20"/>
+      <c r="M13" s="20"/>
+      <c r="O13" s="20"/>
+    </row>
+    <row r="14" spans="1:16" s="12" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A14" s="27" t="s">
         <v>19</v>
       </c>
-      <c r="B14" s="26"/>
-[...12 lines deleted...]
-      <c r="A15" s="3" t="s">
+      <c r="B14" s="7"/>
+      <c r="C14" s="6"/>
+      <c r="D14" s="4"/>
+      <c r="E14" s="6"/>
+      <c r="F14" s="4"/>
+      <c r="G14" s="6"/>
+      <c r="H14" s="4"/>
+      <c r="I14" s="20"/>
+      <c r="K14" s="20"/>
+      <c r="M14" s="20"/>
+      <c r="O14" s="20"/>
+    </row>
+    <row r="15" spans="1:16" s="12" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A15" s="27" t="s">
         <v>20</v>
       </c>
-      <c r="B15" s="26"/>
-[...26 lines deleted...]
-      <c r="A17" s="2" t="s">
+      <c r="B15" s="7"/>
+      <c r="C15" s="6"/>
+      <c r="D15" s="4"/>
+      <c r="E15" s="6"/>
+      <c r="F15" s="4"/>
+      <c r="G15" s="6"/>
+      <c r="H15" s="4"/>
+      <c r="I15" s="20"/>
+      <c r="K15" s="20"/>
+      <c r="M15" s="20"/>
+      <c r="O15" s="20"/>
+    </row>
+    <row r="16" spans="1:16" s="12" customFormat="1" ht="3.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="27"/>
+      <c r="B16" s="7"/>
+      <c r="C16" s="6"/>
+      <c r="D16" s="4"/>
+      <c r="E16" s="6"/>
+      <c r="F16" s="4"/>
+      <c r="G16" s="6"/>
+      <c r="H16" s="4"/>
+      <c r="I16" s="20"/>
+      <c r="K16" s="20"/>
+      <c r="M16" s="20"/>
+      <c r="O16" s="20"/>
+    </row>
+    <row r="17" spans="1:15" s="12" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A17" s="26" t="s">
         <v>21</v>
       </c>
-      <c r="B17" s="25"/>
-[...26 lines deleted...]
-      <c r="A19" s="2" t="s">
+      <c r="B17" s="5"/>
+      <c r="C17" s="6"/>
+      <c r="D17" s="4"/>
+      <c r="E17" s="6"/>
+      <c r="F17" s="4"/>
+      <c r="G17" s="6"/>
+      <c r="H17" s="4"/>
+      <c r="I17" s="20"/>
+      <c r="K17" s="20"/>
+      <c r="M17" s="20"/>
+      <c r="O17" s="20"/>
+    </row>
+    <row r="18" spans="1:15" s="12" customFormat="1" ht="5.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="27"/>
+      <c r="B18" s="7"/>
+      <c r="C18" s="6"/>
+      <c r="D18" s="4"/>
+      <c r="E18" s="6"/>
+      <c r="F18" s="4"/>
+      <c r="G18" s="6"/>
+      <c r="H18" s="4"/>
+      <c r="I18" s="20"/>
+      <c r="K18" s="20"/>
+      <c r="M18" s="20"/>
+      <c r="O18" s="20"/>
+    </row>
+    <row r="19" spans="1:15" s="12" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A19" s="26" t="s">
         <v>22</v>
       </c>
-      <c r="B19" s="25"/>
-[...13 lines deleted...]
-      <c r="A21" s="33" t="s">
+      <c r="B19" s="5"/>
+      <c r="C19" s="6"/>
+      <c r="D19" s="4"/>
+      <c r="E19" s="6"/>
+      <c r="F19" s="4"/>
+      <c r="G19" s="6"/>
+      <c r="H19" s="4"/>
+      <c r="I19" s="20"/>
+      <c r="K19" s="20"/>
+      <c r="M19" s="20"/>
+      <c r="O19" s="20"/>
+    </row>
+    <row r="20" spans="1:15" s="12" customFormat="1" ht="13.8" x14ac:dyDescent="0.25"/>
+    <row r="21" spans="1:15" s="12" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A21" s="43" t="s">
         <v>23</v>
       </c>
-      <c r="B21" s="34"/>
-[...8 lines deleted...]
-      <c r="A22" s="20" t="s">
+      <c r="B21" s="44"/>
+      <c r="C21" s="44"/>
+      <c r="D21" s="44"/>
+      <c r="E21" s="44"/>
+      <c r="F21" s="44"/>
+      <c r="G21" s="44"/>
+      <c r="H21" s="45"/>
+    </row>
+    <row r="22" spans="1:15" s="12" customFormat="1" ht="41.4" x14ac:dyDescent="0.25">
+      <c r="A22" s="30" t="s">
         <v>24</v>
       </c>
-      <c r="B22" s="38" t="s">
+      <c r="B22" s="36" t="s">
         <v>25</v>
       </c>
-      <c r="C22" s="38"/>
-      <c r="D22" s="19" t="s">
+      <c r="C22" s="37"/>
+      <c r="D22" s="31" t="s">
         <v>26</v>
       </c>
-      <c r="E22" s="19" t="s">
+      <c r="E22" s="31" t="s">
         <v>27</v>
       </c>
-      <c r="F22" s="19" t="s">
+      <c r="F22" s="31" t="s">
         <v>28</v>
       </c>
-      <c r="G22" s="38" t="s">
+      <c r="G22" s="36" t="s">
         <v>29</v>
       </c>
-      <c r="H22" s="38"/>
-[...2 lines deleted...]
-      <c r="A23" s="14" t="s">
+      <c r="H22" s="37"/>
+    </row>
+    <row r="23" spans="1:15" s="12" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A23" s="8" t="s">
         <v>30</v>
       </c>
-      <c r="B23" s="42"/>
-[...8 lines deleted...]
-      <c r="A24" s="14" t="s">
+      <c r="B23" s="34"/>
+      <c r="C23" s="35"/>
+      <c r="D23" s="8"/>
+      <c r="E23" s="8"/>
+      <c r="F23" s="8"/>
+      <c r="G23" s="38"/>
+      <c r="H23" s="39"/>
+    </row>
+    <row r="24" spans="1:15" s="12" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A24" s="8" t="s">
         <v>31</v>
       </c>
-      <c r="B24" s="42"/>
-[...8 lines deleted...]
-      <c r="A25" s="14" t="s">
+      <c r="B24" s="34"/>
+      <c r="C24" s="35"/>
+      <c r="D24" s="8"/>
+      <c r="E24" s="8"/>
+      <c r="F24" s="8"/>
+      <c r="G24" s="38"/>
+      <c r="H24" s="39"/>
+    </row>
+    <row r="25" spans="1:15" s="12" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A25" s="8" t="s">
         <v>32</v>
       </c>
-      <c r="B25" s="42"/>
-[...12 lines deleted...]
-      <c r="A27" s="17" t="s">
+      <c r="B25" s="34"/>
+      <c r="C25" s="35"/>
+      <c r="D25" s="8"/>
+      <c r="E25" s="8"/>
+      <c r="F25" s="8"/>
+      <c r="G25" s="38"/>
+      <c r="H25" s="39"/>
+    </row>
+    <row r="26" spans="1:15" ht="3.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="9"/>
+      <c r="B26" s="9"/>
+    </row>
+    <row r="27" spans="1:15" ht="3.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="9"/>
+      <c r="B27" s="9"/>
+    </row>
+    <row r="28" spans="1:15" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A28" s="28" t="s">
         <v>33</v>
       </c>
-      <c r="B27" s="17"/>
-[...6 lines deleted...]
-      <c r="A28" s="4" t="s">
+      <c r="B28" s="11"/>
+      <c r="C28" s="12"/>
+      <c r="D28" s="12"/>
+      <c r="E28" s="12"/>
+      <c r="F28" s="12"/>
+    </row>
+    <row r="29" spans="1:15" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A29" s="13" t="s">
         <v>34</v>
       </c>
-      <c r="B28" s="4"/>
-[...14 lines deleted...]
-      <c r="A30" s="18" t="s">
+      <c r="B29" s="13"/>
+      <c r="C29" s="12"/>
+      <c r="D29" s="12"/>
+      <c r="E29" s="12"/>
+      <c r="F29" s="12"/>
+    </row>
+    <row r="30" spans="1:15" ht="9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="14"/>
+      <c r="B30" s="14"/>
+      <c r="C30" s="12"/>
+      <c r="D30" s="12"/>
+      <c r="E30" s="12"/>
+      <c r="F30" s="12"/>
+    </row>
+    <row r="31" spans="1:15" x14ac:dyDescent="0.3">
+      <c r="A31" s="15" t="s">
         <v>35</v>
       </c>
-      <c r="B30" s="16"/>
-[...5 lines deleted...]
-      <c r="A31" s="16" t="s">
+      <c r="B31" s="14"/>
+      <c r="C31" s="12"/>
+      <c r="D31" s="12"/>
+      <c r="F31" s="12"/>
+    </row>
+    <row r="32" spans="1:15" x14ac:dyDescent="0.3">
+      <c r="A32" s="14" t="s">
         <v>36</v>
       </c>
-      <c r="B31" s="16"/>
-[...6 lines deleted...]
-      <c r="A32" s="15" t="s">
+      <c r="B32" s="14"/>
+      <c r="C32" s="12"/>
+      <c r="D32" s="12"/>
+      <c r="E32" s="12"/>
+      <c r="F32" s="12"/>
+    </row>
+    <row r="33" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A33" s="16" t="s">
         <v>37</v>
       </c>
-      <c r="B32" s="15"/>
-[...6 lines deleted...]
-      <c r="A35" s="29" t="s">
+      <c r="B33" s="16"/>
+      <c r="C33" s="12"/>
+      <c r="D33" s="12"/>
+      <c r="E33" s="12"/>
+      <c r="F33" s="12"/>
+    </row>
+    <row r="36" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A36" s="29" t="s">
         <v>38</v>
       </c>
     </row>
   </sheetData>
+  <sheetProtection sheet="1" objects="1" scenarios="1" insertRows="0" selectLockedCells="1"/>
   <mergeCells count="13">
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A2:H2"/>
     <mergeCell ref="A21:H21"/>
-    <mergeCell ref="G25:H25"/>
-[...3 lines deleted...]
-    <mergeCell ref="B22:C22"/>
     <mergeCell ref="B3:H3"/>
     <mergeCell ref="B4:H4"/>
+    <mergeCell ref="B25:C25"/>
+    <mergeCell ref="B24:C24"/>
     <mergeCell ref="B23:C23"/>
-    <mergeCell ref="B24:C24"/>
-    <mergeCell ref="B25:C25"/>
+    <mergeCell ref="B22:C22"/>
+    <mergeCell ref="G22:H22"/>
+    <mergeCell ref="G24:H24"/>
+    <mergeCell ref="G23:H23"/>
+    <mergeCell ref="G25:H25"/>
   </mergeCells>
   <pageMargins left="0.25" right="0.45833333333333331" top="0.98958333333333337" bottom="0.16666666666666666" header="0.44791666666666669" footer="0.3"/>
   <pageSetup paperSize="9" scale="76" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...18 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x0101003D0118E830AEDD428D4BE0AAFD13557A" ma:contentTypeVersion="15" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="578fec32e9c32c9dcd0700d6cf67b9e9">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="6adcef3d-66e4-4441-b622-2181f76b34ed" xmlns:ns3="ec04e77d-702b-4270-bfd8-12ec561e14fa" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="c4178b882e999ebd62750f6cb7e8896d" ns2:_="" ns3:_="">
     <xsd:import namespace="6adcef3d-66e4-4441-b622-2181f76b34ed"/>
     <xsd:import namespace="ec04e77d-702b-4270-bfd8-12ec561e14fa"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
               </xsd:all>
@@ -1512,68 +1548,134 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="6adcef3d-66e4-4441-b622-2181f76b34ed">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="ec04e77d-702b-4270-bfd8-12ec561e14fa" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{89A0826C-181D-4B84-BC41-1C115FE6E7F2}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{687BB88C-91F1-4000-B478-1A98B53EED46}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="6adcef3d-66e4-4441-b622-2181f76b34ed"/>
+    <ds:schemaRef ds:uri="ec04e77d-702b-4270-bfd8-12ec561e14fa"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{496C24B1-BE48-4388-A811-9FFEB2CF897D}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{496C24B1-BE48-4388-A811-9FFEB2CF897D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="6adcef3d-66e4-4441-b622-2181f76b34ed"/>
+    <ds:schemaRef ds:uri="ec04e77d-702b-4270-bfd8-12ec561e14fa"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{687BB88C-91F1-4000-B478-1A98B53EED46}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{89A0826C-181D-4B84-BC41-1C115FE6E7F2}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Excel Online</Application>
+  <Application>Microsoft Excel</Application>
+  <DocSecurity>0</DocSecurity>
+  <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Worksheets</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr>Izmaksu_tame</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
   <Manager/>
   <Company>VIAA</Company>
+  <LinksUpToDate>false</LinksUpToDate>
+  <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
+  <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Baiba Kajaka – Kargane</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101003D0118E830AEDD428D4BE0AAFD13557A</vt:lpwstr>
   </property>