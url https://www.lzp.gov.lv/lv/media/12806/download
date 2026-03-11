--- v0 (2026-01-09)
+++ v1 (2026-03-11)
@@ -106,51 +106,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00FD5E44">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A37501D" w14:textId="2456C090" w:rsidR="00655EDC" w:rsidRDefault="7A421C42" w:rsidP="2B0B2897">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="74EA22E7" wp14:editId="6BBD3A2E">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="74EA22E7" wp14:editId="6BF1C619">
             <wp:extent cx="5619752" cy="1695450"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="25266683" name="Picture 25266683"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 25266683"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
@@ -240,141 +240,420 @@
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Pielikums </w:t>
       </w:r>
       <w:r w:rsidRPr="00FD5E44">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Nr.4 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B0C98EE" w14:textId="13B5DCA8" w:rsidR="00FD5E44" w:rsidRPr="00655EDC" w:rsidRDefault="7B8B76A7" w:rsidP="00FD5E44">
+    <w:p w14:paraId="5B0C98EE" w14:textId="2E2E0170" w:rsidR="00FD5E44" w:rsidRPr="00655EDC" w:rsidRDefault="7B8B76A7" w:rsidP="00FD5E44">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="8175"/>
         </w:tabs>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="4D19018E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
       <w:r w:rsidR="00FD5E44" w:rsidRPr="4D19018E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="181C11B2" w:rsidRPr="4D19018E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>gada</w:t>
       </w:r>
       <w:r w:rsidR="550FCF28" w:rsidRPr="4D19018E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> __</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text1"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="Text1"/>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidR="0755EB7E" w:rsidRPr="4D19018E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text2"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="Text2"/>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidR="00FD5E44" w:rsidRPr="4D19018E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>___. līgumam Nr._________</w:t>
-      </w:r>
+        <w:t>. līgumam Nr.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text3"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="2" w:name="Text3"/>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p w14:paraId="59185C97" w14:textId="77777777" w:rsidR="00655EDC" w:rsidRPr="00655EDC" w:rsidRDefault="00655EDC" w:rsidP="00265078">
       <w:pPr>
         <w:spacing w:before="400"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00655EDC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Pētniecības projekta īstenotāja apliecinājums</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25FDE960" w14:textId="28436A60" w:rsidR="00655EDC" w:rsidRPr="00655EDC" w:rsidRDefault="00655EDC" w:rsidP="00265078">
+    <w:p w14:paraId="25FDE960" w14:textId="1938F6CA" w:rsidR="00655EDC" w:rsidRPr="00655EDC" w:rsidRDefault="00655EDC" w:rsidP="00265078">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="52112561">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Apliecinu, ka programmas </w:t>
       </w:r>
       <w:r w:rsidR="477695D5" w:rsidRPr="52112561">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
@@ -405,305 +684,1230 @@
       <w:r w:rsidR="477695D5" w:rsidRPr="52112561">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> programmas aktivitātes ietvaros </w:t>
       </w:r>
       <w:r w:rsidR="00D70FFA" w:rsidRPr="52112561">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">finansētā projekta </w:t>
       </w:r>
       <w:r w:rsidR="00B3764A" w:rsidRPr="52112561">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
-      <w:r w:rsidR="00B3764A" w:rsidRPr="52112561">
-[...3 lines deleted...]
-          <w:iCs/>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text4"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput>
+              <w:default w:val="Pētniecības projekta nosaukums"/>
+            </w:textInput>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="3" w:name="Text4"/>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Pētniecības projekta nosaukums</w:t>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidRPr="52112561">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>” (</w:t>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
-        <w:t>Pētniecības projekta nosaukums</w:t>
-      </w:r>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput>
+              <w:default w:val="akronīms"/>
+            </w:textInput>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="4" w:name="Text5"/>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>akronīms</w:t>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
       <w:r w:rsidRPr="52112561">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>” (</w:t>
-[...8 lines deleted...]
-        <w:t>akronīms</w:t>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="008A2702" w:rsidRPr="52112561">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="52112561">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>)</w:t>
+        <w:t>īstenošana tiks uzsākta 20</w:t>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text6"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="5" w:name="Text6"/>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidRPr="52112561">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. gada [</w:t>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text7"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput>
+              <w:default w:val="datums"/>
+            </w:textInput>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="6" w:name="Text7"/>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>datums</w:t>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidRPr="52112561">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>]. [</w:t>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text8"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput>
+              <w:default w:val="mēnesis"/>
+            </w:textInput>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="7" w:name="Text8"/>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mēnesis</w:t>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidRPr="52112561">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>] un pr</w:t>
       </w:r>
       <w:r w:rsidR="008A2702" w:rsidRPr="52112561">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>ojekts tiks īstenots līdz [20</w:t>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text9"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="8" w:name="Text9"/>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidRPr="52112561">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. gada [</w:t>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text10"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput>
+              <w:default w:val="datums"/>
+            </w:textInput>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="9" w:name="Text10"/>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>datums</w:t>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidRPr="52112561">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>]. [</w:t>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text11"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput>
+              <w:default w:val="datums"/>
+            </w:textInput>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="10" w:name="Text11"/>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>datums</w:t>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r w:rsidRPr="52112561">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>].</w:t>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="52112561">
-[...22 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="1791476F" w14:textId="3D54A41D" w:rsidR="00655EDC" w:rsidRPr="00655EDC" w:rsidRDefault="00655EDC" w:rsidP="00265078">
+    <w:p w14:paraId="1791476F" w14:textId="723DB596" w:rsidR="00655EDC" w:rsidRPr="00655EDC" w:rsidRDefault="00655EDC" w:rsidP="00265078">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1530925A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Apliecinu, ka pētniecības projekta uzsākšanai nepieciešams avanss 30</w:t>
       </w:r>
       <w:r w:rsidR="0323FE3C" w:rsidRPr="1530925A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="1530925A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">% apmērā no </w:t>
       </w:r>
       <w:r w:rsidR="008A2702" w:rsidRPr="1530925A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>k</w:t>
       </w:r>
       <w:r w:rsidRPr="1530925A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">opējām pētniecības projekta plānotajām publiskajām izmaksām, kas ir </w:t>
       </w:r>
-      <w:r w:rsidR="00B3764A" w:rsidRPr="1530925A">
+      <w:r w:rsidR="00D15B2C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
-        <w:t>XXXXX.XX</w:t>
-[...8 lines deleted...]
-      </w:r>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text12"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput>
+              <w:default w:val="XXXXX.XX "/>
+            </w:textInput>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="11" w:name="Text12"/>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">XXXXX.XX </w:t>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="11"/>
       <w:r w:rsidRPr="1530925A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>EUR (</w:t>
       </w:r>
-      <w:r w:rsidR="00B3764A" w:rsidRPr="1530925A">
+      <w:r w:rsidR="00D15B2C" w:rsidRPr="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text13"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput>
+              <w:default w:val="summa vārdiem "/>
+            </w:textInput>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="12" w:name="Text13"/>
+      <w:r w:rsidR="00D15B2C" w:rsidRPr="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00D15B2C" w:rsidRPr="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00D15B2C" w:rsidRPr="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00D15B2C" w:rsidRPr="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">summa vārdiem </w:t>
+      </w:r>
+      <w:r w:rsidR="00D15B2C" w:rsidRPr="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="12"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00265078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="lightGray"/>
-[...20 lines deleted...]
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>euro</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="1530925A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> un 00 centi).</w:t>
+        <w:t xml:space="preserve"> un </w:t>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text14"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="13" w:name="Text14"/>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1530925A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>centi).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A39BBE3" w14:textId="7328D20F" w:rsidR="00FD5E44" w:rsidRPr="00655EDC" w:rsidRDefault="00655EDC" w:rsidP="00265078">
+    <w:p w14:paraId="5A39BBE3" w14:textId="6FE95BD9" w:rsidR="00FD5E44" w:rsidRPr="00655EDC" w:rsidRDefault="00655EDC" w:rsidP="00265078">
       <w:pPr>
         <w:spacing w:after="400" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="2B0B2897">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Valsts Kases konts maksājumu veikšanai: ____________________________________.</w:t>
+        <w:t xml:space="preserve">Valsts Kases konts maksājumu veikšanai: </w:t>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text15"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="14" w:name="Text15"/>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r w:rsidRPr="2B0B2897">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="144992DF" w14:textId="77777777" w:rsidR="00655EDC" w:rsidRPr="00655EDC" w:rsidRDefault="00655EDC" w:rsidP="00655EDC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00655EDC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Pētniecības projekta īstenotāja vārdā:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E2C9F8B" w14:textId="000F8E60" w:rsidR="00655EDC" w:rsidRPr="00655EDC" w:rsidRDefault="00655EDC" w:rsidP="00655EDC">
+    <w:p w14:paraId="7E2C9F8B" w14:textId="77C10D8E" w:rsidR="00655EDC" w:rsidRPr="00655EDC" w:rsidRDefault="00655EDC" w:rsidP="00655EDC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00655EDC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text16"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput>
+              <w:default w:val="paraksttiesīgās amatpersonas amats"/>
+            </w:textInput>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="15" w:name="Text16"/>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>paraksttiesīgās amatpersonas amats</w:t>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="15"/>
       <w:r w:rsidRPr="00655EDC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>paraksttiesīgās</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> amatpersonas amats]</w:t>
+        <w:t>]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="41C8F396" w14:textId="77777777" w:rsidR="00655EDC" w:rsidRPr="00655EDC" w:rsidRDefault="00655EDC" w:rsidP="00655EDC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00655EDC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00655EDC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -790,66 +1994,268 @@
       <w:r w:rsidR="005A3382" w:rsidRPr="00655EDC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>paraksts</w:t>
       </w:r>
       <w:r w:rsidR="005A3382">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r w:rsidR="00965541">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="656FDECC" w14:textId="506D63EB" w:rsidR="00655EDC" w:rsidRPr="00655EDC" w:rsidRDefault="00655EDC" w:rsidP="66D603DE">
+    <w:p w14:paraId="656FDECC" w14:textId="125898FC" w:rsidR="00655EDC" w:rsidRPr="00655EDC" w:rsidRDefault="00655EDC" w:rsidP="66D603DE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="66D603DE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>20___.gada_______________</w:t>
-      </w:r>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text17"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="16" w:name="Text17"/>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r w:rsidRPr="66D603DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.gada</w:t>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text18"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="17" w:name="Text18"/>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D15B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="17"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7010"/>
       </w:tblGrid>
       <w:tr w:rsidR="66D603DE" w14:paraId="663E51EC" w14:textId="77777777" w:rsidTr="66D603DE">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7010" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
@@ -876,160 +2282,164 @@
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="64BFC312" w14:textId="360E73DA" w:rsidR="00655EDC" w:rsidRPr="00655EDC" w:rsidRDefault="00655EDC" w:rsidP="00FD60BA"/>
     <w:sectPr w:rsidR="00655EDC" w:rsidRPr="00655EDC" w:rsidSect="00655EDC">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="284" w:right="849" w:bottom="1440" w:left="1560" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Narrow">
+    <w:panose1 w:val="020B0004020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="166"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:documentProtection w:edit="forms" w:enforcement="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00655EDC"/>
     <w:rsid w:val="000F09C4"/>
     <w:rsid w:val="00170DF3"/>
     <w:rsid w:val="001E636C"/>
     <w:rsid w:val="001F56D5"/>
     <w:rsid w:val="00214215"/>
     <w:rsid w:val="00265078"/>
     <w:rsid w:val="002730B1"/>
     <w:rsid w:val="003A273A"/>
     <w:rsid w:val="004131A7"/>
     <w:rsid w:val="00482B05"/>
     <w:rsid w:val="004D410E"/>
     <w:rsid w:val="005A3382"/>
     <w:rsid w:val="00655EDC"/>
     <w:rsid w:val="00663AB0"/>
     <w:rsid w:val="006B4A94"/>
     <w:rsid w:val="007B343E"/>
     <w:rsid w:val="008021D4"/>
     <w:rsid w:val="008A2702"/>
     <w:rsid w:val="008F4EBC"/>
     <w:rsid w:val="00965541"/>
     <w:rsid w:val="00B3764A"/>
     <w:rsid w:val="00BB41F6"/>
     <w:rsid w:val="00C81911"/>
+    <w:rsid w:val="00D15B2C"/>
     <w:rsid w:val="00D70FFA"/>
+    <w:rsid w:val="00DE30D0"/>
     <w:rsid w:val="00F5069B"/>
     <w:rsid w:val="00F771F4"/>
     <w:rsid w:val="00F82E84"/>
     <w:rsid w:val="00FB26BA"/>
     <w:rsid w:val="00FD5E44"/>
     <w:rsid w:val="00FD60BA"/>
     <w:rsid w:val="0323FE3C"/>
     <w:rsid w:val="0755EB7E"/>
     <w:rsid w:val="0B9A9A15"/>
     <w:rsid w:val="12768D8D"/>
     <w:rsid w:val="1530925A"/>
     <w:rsid w:val="15B60851"/>
     <w:rsid w:val="181C11B2"/>
     <w:rsid w:val="1D964FAE"/>
     <w:rsid w:val="2B0B2897"/>
     <w:rsid w:val="2DE7DD77"/>
     <w:rsid w:val="38F74E36"/>
     <w:rsid w:val="477695D5"/>
     <w:rsid w:val="4D19018E"/>
     <w:rsid w:val="52112561"/>
     <w:rsid w:val="550FCF28"/>
     <w:rsid w:val="66D603DE"/>
     <w:rsid w:val="7A1D7025"/>
     <w:rsid w:val="7A421C42"/>
     <w:rsid w:val="7B8B76A7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
-  <w:listSeparator w:val=";"/>
+  <w:listSeparator w:val=","/>
   <w14:docId w14:val="439A0BAB"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{BD15E134-4A91-4CA6-A955-4F1AEAF2731E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lv-LV" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
@@ -1735,58 +3145,56 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...6 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x0101003D0118E830AEDD428D4BE0AAFD13557A" ma:contentTypeVersion="15" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="578fec32e9c32c9dcd0700d6cf67b9e9">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="6adcef3d-66e4-4441-b622-2181f76b34ed" xmlns:ns3="ec04e77d-702b-4270-bfd8-12ec561e14fa" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="c4178b882e999ebd62750f6cb7e8896d" ns2:_="" ns3:_="">
     <xsd:import namespace="6adcef3d-66e4-4441-b622-2181f76b34ed"/>
     <xsd:import namespace="ec04e77d-702b-4270-bfd8-12ec561e14fa"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
@@ -1981,117 +3389,113 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="6adcef3d-66e4-4441-b622-2181f76b34ed">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="ec04e77d-702b-4270-bfd8-12ec561e14fa" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3C8CE6B9-783E-40E3-935B-204084CA8052}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2BC8D40C-BED8-4524-979A-FBF11F8B27A0}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
-[...8 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D4E39AFA-4A96-48DA-A272-0BF4EFDF3A59}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="6adcef3d-66e4-4441-b622-2181f76b34ed"/>
     <ds:schemaRef ds:uri="ec04e77d-702b-4270-bfd8-12ec561e14fa"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2BC8D40C-BED8-4524-979A-FBF11F8B27A0}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3C8CE6B9-783E-40E3-935B-204084CA8052}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="6adcef3d-66e4-4441-b622-2181f76b34ed"/>
+    <ds:schemaRef ds:uri="ec04e77d-702b-4270-bfd8-12ec561e14fa"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1204</Words>
-  <Characters>687</Characters>
+  <Words>230</Words>
+  <Characters>1884</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>5</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>209</Lines>
+  <Paragraphs>51</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>VIAA</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1888</CharactersWithSpaces>
+  <CharactersWithSpaces>2063</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ilze Vilka</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101003D0118E830AEDD428D4BE0AAFD13557A</vt:lpwstr>
   </property>