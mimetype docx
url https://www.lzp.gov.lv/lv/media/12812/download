--- v0 (2026-01-09)
+++ v1 (2026-03-11)
@@ -43,765 +43,1632 @@
       <w:r w:rsidRPr="00944A81">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="7FED6EBD" w:rsidRPr="00944A81">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.pielikums</w:t>
       </w:r>
       <w:r w:rsidR="003F44D2" w:rsidRPr="00944A81">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68A8EDA5" w14:textId="5341F0D1" w:rsidR="003F44D2" w:rsidRPr="003F44D2" w:rsidRDefault="000B7F39" w:rsidP="002F48A1">
+    <w:p w14:paraId="68A8EDA5" w14:textId="4825DEB9" w:rsidR="003F44D2" w:rsidRPr="003F44D2" w:rsidRDefault="000B7F39" w:rsidP="002F48A1">
       <w:pPr>
         <w:spacing w:before="300" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000B7F39">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Iekšējiem noteikumiem “Kārtība, kādā Latvijas Zinātnes padome kā Eiropas Reģionālā attīstības fonda Eiropas Savienības kohēzijas politikas programmas 2021.–2027. gadam 1.1.1. specifiskā atbalsta mērķa “Pētniecības un inovāciju kapacitātes stiprināšana un progresīvu tehnoloģiju ieviešana kopējā P&amp;A sistēmā” 1.1.1.5. pasākuma “Latvijas pilnvērtīga dalība Apvārsnis Eiropa programmā, tajā skaitā nodrošinot kompleksu atbalsta instrumentu klāstu un sasaisti ar RIS3 specializācijas jomu attīstīšanu” īstenotāja slēdz līgumus ar </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> programmas  ietvaros atbalstītu projektu Latvijas partneriem un nodrošina līguma izpildes uzraudzību”</w:t>
+        <w:t>Iekšējiem noteikumiem “Kārtība, kādā Latvijas Zinātnes padome kā Eiropas Reģionālā attīstības fonda Eiropas Savienības kohēzijas politikas programmas 2021.–2027. gadam 1.1.1. specifiskā atbalsta mērķa “Pētniecības un inovāciju kapacitātes stiprināšana un progresīvu tehnoloģiju ieviešana kopējā P&amp;A sistēmā” 1.1.1.5. pasākuma “Latvijas pilnvērtīga dalība Apvārsnis Eiropa programmā, tajā skaitā nodrošinot kompleksu atbalsta instrumentu klāstu un sasaisti ar RIS3 specializācijas jomu attīstīšanu” īstenotāja slēdz līgumus ar NordForsk programmas  ietvaros atbalstītu projektu Latvijas partneriem un nodrošina līguma izpildes uzraudzību”</w:t>
       </w:r>
       <w:r w:rsidR="000237E3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003F44D2" w:rsidRPr="2FB06AE0">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Līgum</w:t>
       </w:r>
       <w:r w:rsidR="2D8942F5" w:rsidRPr="2FB06AE0">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="003F44D2" w:rsidRPr="2FB06AE0">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> Nr. </w:t>
       </w:r>
-      <w:r w:rsidR="17F30D8D" w:rsidRPr="2FB06AE0">
-[...4 lines deleted...]
-      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text1"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="Text1"/>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="33B1BB3E" w14:textId="77777777" w:rsidR="003F44D2" w:rsidRPr="003F44D2" w:rsidRDefault="003F44D2" w:rsidP="003F44D2">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F44D2">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">LĪGUMS </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44690D5E" w14:textId="77777777" w:rsidR="003F44D2" w:rsidRPr="003F44D2" w:rsidRDefault="003F44D2" w:rsidP="003F44D2">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F44D2">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">par atbalsta piešķiršanu </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F99A2B2" w14:textId="23C0577F" w:rsidR="004B0751" w:rsidRDefault="00C7577C" w:rsidP="002A6C64">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0037432B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>NordForsk</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0037432B">
+        <w:t xml:space="preserve">NordForsk programmas ietvaros </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00706C00">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> programmas ietvaros </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00706C00">
+        <w:t>atbalstīt</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>atbalstīt</w:t>
-[...7 lines deleted...]
-        </w:rPr>
         <w:t>a</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D0252A3" w14:textId="5677AD13" w:rsidR="003F44D2" w:rsidRPr="00122F08" w:rsidRDefault="00C7577C" w:rsidP="00955E6B">
+    <w:p w14:paraId="6D0252A3" w14:textId="529BB36B" w:rsidR="003F44D2" w:rsidRPr="00122F08" w:rsidRDefault="00C7577C" w:rsidP="00955E6B">
       <w:pPr>
         <w:spacing w:after="300"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00706C00">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00FC30C7">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">pētniecības </w:t>
       </w:r>
       <w:r w:rsidR="003F44D2" w:rsidRPr="00BA5458">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">projekta </w:t>
       </w:r>
-      <w:r w:rsidR="003F44D2" w:rsidRPr="00BA5458">
+      <w:r w:rsidR="005718E2">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t>[</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="549284C3" w:rsidRPr="00BA5458">
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text2"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput>
+              <w:default w:val="[“projekta nosaukums”] "/>
+            </w:textInput>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="Text2"/>
+      <w:r w:rsidR="005718E2">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t>“</w:t>
-[...12 lines deleted...]
-      <w:r w:rsidR="003F44D2" w:rsidRPr="00BA5458">
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="005718E2">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t>”]</w:t>
-[...9 lines deleted...]
-      <w:r w:rsidR="003F44D2" w:rsidRPr="00BA5458">
+      </w:r>
+      <w:r w:rsidR="005718E2">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t>[projekta akronīms]</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="003F44D2" w:rsidRPr="00BA5458">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="005718E2">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="004B0751">
+          <w:noProof/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[“projekta nosaukums”] </w:t>
+      </w:r>
+      <w:r w:rsidR="005718E2">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="005B4623" w:rsidRPr="75E006E5">
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidR="005718E2">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...12 lines deleted...]
-      <w:r w:rsidRPr="657B28C9">
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005718E2" w:rsidRPr="005718E2">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>Latvijas Zinātnes padome</w:t>
-[...89 lines deleted...]
-      <w:r w:rsidR="00BB38CB" w:rsidRPr="003F44D2">
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="005718E2" w:rsidRPr="005718E2">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="FF0000"/>
-[...17 lines deleted...]
-        <w:t>, no vienas puses, un</w:t>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text3"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput>
+              <w:default w:val="[projekta akronīms]"/>
+            </w:textInput>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="2" w:name="Text3"/>
+      <w:r w:rsidR="005718E2" w:rsidRPr="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="005718E2" w:rsidRPr="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="005718E2" w:rsidRPr="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="005718E2" w:rsidRPr="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>[projekta akronīms]</w:t>
+      </w:r>
+      <w:r w:rsidR="005718E2" w:rsidRPr="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="005B4623" w:rsidRPr="75E006E5">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">īstenošanai </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00C43B1C" w14:textId="54E9427D" w:rsidR="003F44D2" w:rsidRPr="003F44D2" w:rsidRDefault="003F44D2" w:rsidP="7F6C9237">
+    <w:p w14:paraId="0D293433" w14:textId="2DC10CCE" w:rsidR="003F44D2" w:rsidRPr="003F44D2" w:rsidRDefault="00A157B6" w:rsidP="657B28C9">
       <w:pPr>
         <w:spacing w:before="60"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="7F6C9237">
+      <w:r w:rsidRPr="657B28C9">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Latvijas Zinātnes padome</w:t>
+      </w:r>
+      <w:r w:rsidR="003F44D2" w:rsidRPr="657B28C9">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (turpmāk – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="657B28C9">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>PADOME</w:t>
+      </w:r>
+      <w:r w:rsidR="003F44D2" w:rsidRPr="657B28C9">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>),</w:t>
+      </w:r>
+      <w:r w:rsidR="003F44D2" w:rsidRPr="657B28C9">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kuras vārdā saskaņā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="657B28C9">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00711F76" w:rsidRPr="657B28C9">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ar </w:t>
+      </w:r>
+      <w:r w:rsidRPr="657B28C9">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Ministru kabineta 2020. gada 30. jūnija noteikumiem Nr. 408 “Latvijas Zinātnes padomes nolikums”</w:t>
+      </w:r>
+      <w:r w:rsidR="00A21476">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A21476" w:rsidRPr="003F57C8">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>[un 20</w:t>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text4"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="3" w:name="Text4"/>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidR="00A21476" w:rsidRPr="003F57C8">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.gada </w:t>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="4" w:name="Text5"/>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidR="00A21476" w:rsidRPr="003F57C8">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text6"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="5" w:name="Text6"/>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A21476" w:rsidRPr="003F57C8">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>rīkojumu Nr.</w:t>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text7"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="6" w:name="Text7"/>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A21476" w:rsidRPr="003F57C8">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>par pārstāvības tiesībām]</w:t>
+      </w:r>
+      <w:r w:rsidR="003F44D2" w:rsidRPr="657B28C9">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> rīkojas tās </w:t>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text8"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput>
+              <w:default w:val="[paraksta tiesīgās personas amats, vārds, uzvārds]"/>
+            </w:textInput>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="7" w:name="Text8"/>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[paraksta tiesīgās personas amats, vārds, uzvārds]</w:t>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidR="003F44D2" w:rsidRPr="657B28C9">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>, no vienas puses, un</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00C43B1C" w14:textId="58395497" w:rsidR="003F44D2" w:rsidRPr="003F44D2" w:rsidRDefault="005718E2" w:rsidP="7F6C9237">
+      <w:pPr>
+        <w:spacing w:before="60"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t>[</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00BA714F" w:rsidRPr="7F6C9237">
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text9"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput>
+              <w:default w:val="[institūcijas nosaukums] "/>
+            </w:textInput>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="8" w:name="Text9"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t>i</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="7F6C9237">
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t>nstitūcijas nosaukums]</w:t>
-[...67 lines deleted...]
-      <w:r w:rsidRPr="7F6C9237">
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t>vārds, uzvārds</w:t>
-[...21 lines deleted...]
-      <w:r w:rsidRPr="7F6C9237">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
+          <w:noProof/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[institūcijas nosaukums] </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="7F6C9237">
+      <w:r w:rsidR="003F44D2" w:rsidRPr="7F6C9237">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(turpmāk – </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC30C7">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>PĒTNIECĪBAS PROJEKTA ĪSTENOTĀJS</w:t>
+      </w:r>
+      <w:r w:rsidR="003F44D2" w:rsidRPr="7F6C9237">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>), kura</w:t>
+      </w:r>
+      <w:r w:rsidR="004C42B8">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text35"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput>
+              <w:default w:val="/s"/>
+            </w:textInput>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="9" w:name="Text35"/>
+      <w:r w:rsidR="004C42B8">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="004C42B8">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="004C42B8">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="004C42B8">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>/s</w:t>
+      </w:r>
+      <w:r w:rsidR="004C42B8">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidR="003F44D2" w:rsidRPr="7F6C9237">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vārdā saskaņā ar </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text10"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput>
+              <w:default w:val="[statūti/nolikums/pilnvara vai cits dokuments]"/>
+            </w:textInput>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="10" w:name="Text10"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>[statūti/nolikums/pilnvara vai cits dokuments]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r w:rsidR="003F44D2" w:rsidRPr="7F6C9237">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> rīkojas tā</w:t>
+      </w:r>
+      <w:r w:rsidR="004C42B8">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text36"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput>
+              <w:default w:val="/s"/>
+            </w:textInput>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="11" w:name="Text36"/>
+      <w:r w:rsidR="004C42B8">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="004C42B8">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="004C42B8">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="004C42B8">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>/s</w:t>
+      </w:r>
+      <w:r w:rsidR="004C42B8">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r w:rsidR="003F44D2" w:rsidRPr="7F6C9237">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text11"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput>
+              <w:default w:val="[paraksta tiesīgās personas amats, vārds, uzvārds]"/>
+            </w:textInput>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="12" w:name="Text11"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>[paraksta tiesīgās personas amats, vārds, uzvārds]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r w:rsidR="003F44D2" w:rsidRPr="7F6C9237">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="003F44D2" w:rsidRPr="7F6C9237">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>no otras puses,</w:t>
+      </w:r>
+      <w:r w:rsidR="003F44D2" w:rsidRPr="7F6C9237">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003F44D2" w:rsidRPr="7F6C9237">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">turpmāk abi kopā – Puses, </w:t>
       </w:r>
-      <w:r w:rsidRPr="7F6C9237">
+      <w:r w:rsidR="003F44D2" w:rsidRPr="7F6C9237">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>ņemot vērā</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="031C4597" w14:textId="5F4CB8E9" w:rsidR="003F44D2" w:rsidRPr="003F44D2" w:rsidRDefault="003F44D2" w:rsidP="00A930C0">
+    <w:p w14:paraId="031C4597" w14:textId="3BCCCAA8" w:rsidR="003F44D2" w:rsidRPr="003F44D2" w:rsidRDefault="003F44D2" w:rsidP="00A930C0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="207"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:i/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F44D2">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A930C0">
+      <w:r w:rsidR="004C42B8">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>[</w:t>
-      </w:r>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text37"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput>
+              <w:default w:val="[aizpilda PADOME]"/>
+            </w:textInput>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="13" w:name="Text37"/>
+      <w:r w:rsidR="004C42B8">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="004C42B8">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="004C42B8">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="004C42B8">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>[aizpilda PADOME]</w:t>
+      </w:r>
+      <w:r w:rsidR="004C42B8">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="13"/>
       <w:r w:rsidRPr="003F44D2">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:i/>
-          <w:color w:val="FF0000"/>
-[...25 lines deleted...]
-          <w:i/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EA66FF8" w14:textId="1031597F" w:rsidR="003F44D2" w:rsidRPr="003F44D2" w:rsidRDefault="003F44D2" w:rsidP="00A930C0">
+    <w:p w14:paraId="6EA66FF8" w14:textId="1A470812" w:rsidR="003F44D2" w:rsidRPr="003F44D2" w:rsidRDefault="004C42B8" w:rsidP="00A930C0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="207"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:i/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003F44D2">
+      <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:i/>
+          <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00920210">
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text37"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput>
+              <w:default w:val="[aizpilda PADOME]"/>
+            </w:textInput>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:i/>
+          <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="003F44D2">
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:i/>
+          <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="003F44D2">
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>[aizpilda PADOME]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="003F44D2" w:rsidRPr="003F44D2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:i/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="022278B1" w14:textId="6662E539" w:rsidR="003F44D2" w:rsidRPr="003F44D2" w:rsidRDefault="003F44D2" w:rsidP="00BF3677">
+    <w:p w14:paraId="022278B1" w14:textId="4456F70A" w:rsidR="003F44D2" w:rsidRPr="003F44D2" w:rsidRDefault="004C42B8" w:rsidP="00BF3677">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="210"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:i/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003F44D2">
+      <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:i/>
+          <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00920210">
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text37"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput>
+              <w:default w:val="[aizpilda PADOME]"/>
+            </w:textInput>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:i/>
+          <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="003F44D2">
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:i/>
+          <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="003F44D2">
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>[aizpilda PADOME]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="003F44D2" w:rsidRPr="003F44D2">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:i/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F7CBF57" w14:textId="77777777" w:rsidR="003F44D2" w:rsidRPr="003F44D2" w:rsidRDefault="003F44D2" w:rsidP="003F44D2">
       <w:pPr>
         <w:spacing w:before="60"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F44D2">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">noslēdz šādu līgumu (turpmāk – Līgums). </w:t>
       </w:r>
     </w:p>
@@ -815,51 +1682,51 @@
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
       <w:r w:rsidR="003F44D2" w:rsidRPr="003F44D2">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>LĪGUMA PRIEKŠMETS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AA612D9" w14:textId="24E96740" w:rsidR="003F44D2" w:rsidRPr="0058188C" w:rsidRDefault="00A930C0" w:rsidP="7F6C9237">
+    <w:p w14:paraId="6AA612D9" w14:textId="6FA723DF" w:rsidR="003F44D2" w:rsidRPr="0058188C" w:rsidRDefault="00A930C0" w:rsidP="7F6C9237">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="7F6C9237">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">1.1. </w:t>
       </w:r>
       <w:r w:rsidR="00A157B6" w:rsidRPr="7F6C9237">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>PADOME</w:t>
       </w:r>
       <w:r w:rsidR="003F44D2" w:rsidRPr="7F6C9237">
@@ -914,97 +1781,182 @@
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">u </w:t>
       </w:r>
       <w:r w:rsidR="00797B53" w:rsidRPr="7F6C9237">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>projekt</w:t>
       </w:r>
       <w:r w:rsidR="00480BAD" w:rsidRPr="7F6C9237">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidR="003F44D2" w:rsidRPr="7F6C9237">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="173691A9" w:rsidRPr="7F6C9237">
-[...3 lines deleted...]
-        <w:t>"</w:t>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidR="005718E2" w:rsidRPr="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text12"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput>
+              <w:default w:val="[projekta nosaukums]"/>
+            </w:textInput>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="14" w:name="Text12"/>
+      <w:r w:rsidR="005718E2" w:rsidRPr="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="005718E2" w:rsidRPr="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="005718E2" w:rsidRPr="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="005718E2" w:rsidRPr="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>[projekta nosaukums]</w:t>
+      </w:r>
+      <w:r w:rsidR="005718E2" w:rsidRPr="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r w:rsidR="005718E2" w:rsidRPr="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidR="3CC4CD2A" w:rsidRPr="7F6C9237">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003F44D2" w:rsidRPr="7F6C9237">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t>[projekta nosaukums</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00283496" w:rsidRPr="7F6C9237">
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text13"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput>
+              <w:default w:val="[projekta akronīms]"/>
+            </w:textInput>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="15" w:name="Text13"/>
+      <w:r w:rsidR="005718E2">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t>]</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="7BEB9A32" w:rsidRPr="7F6C9237">
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="005718E2">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t>"</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="3CC4CD2A" w:rsidRPr="7F6C9237">
+      </w:r>
+      <w:r w:rsidR="005718E2">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...9 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:noProof/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>[projekta akronīms]</w:t>
       </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="15"/>
       <w:r w:rsidR="003F44D2" w:rsidRPr="7F6C9237">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00552038" w:rsidRPr="7F6C9237">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003F44D2" w:rsidRPr="7F6C9237">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>(turpmāk – Projekt</w:t>
       </w:r>
       <w:r w:rsidR="00994D83" w:rsidRPr="7F6C9237">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>s</w:t>
@@ -1223,182 +2175,394 @@
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00456FEE">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">2.1. </w:t>
       </w:r>
       <w:r w:rsidR="00BE240D" w:rsidRPr="00456FEE">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Līgums stājas spēkā abpusējas parakstīšanas brīdī un ir spēkā līdz Pušu pilnīgai no tā izrietošo saistību izpildei.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BF5A55F" w14:textId="672E4ADE" w:rsidR="003F44D2" w:rsidRPr="00456FEE" w:rsidRDefault="00BF3677" w:rsidP="30C432E5">
+    <w:p w14:paraId="3BF5A55F" w14:textId="65E506C1" w:rsidR="003F44D2" w:rsidRPr="00456FEE" w:rsidRDefault="00BF3677" w:rsidP="30C432E5">
       <w:pPr>
         <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1F60E315">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>2.</w:t>
       </w:r>
       <w:r w:rsidR="00485242" w:rsidRPr="1F60E315">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="1F60E315">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="003F44D2" w:rsidRPr="1F60E315">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Projektu īsteno </w:t>
       </w:r>
       <w:r w:rsidR="003F44D2" w:rsidRPr="1F60E315">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">no </w:t>
       </w:r>
       <w:r w:rsidR="003F44D2" w:rsidRPr="1F60E315">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text14"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="16" w:name="Text14"/>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="16"/>
       <w:r w:rsidR="003F44D2" w:rsidRPr="1F60E315">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.gada </w:t>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t>[ ]</w:t>
-      </w:r>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text16"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput>
+              <w:default w:val="[dd. mēnesis] "/>
+            </w:textInput>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="17" w:name="Text16"/>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[dd. mēnesis] </w:t>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="17"/>
       <w:r w:rsidR="003F44D2" w:rsidRPr="1F60E315">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
+        <w:t>līdz 20</w:t>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text15"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="18" w:name="Text15"/>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r w:rsidR="003F44D2" w:rsidRPr="1F60E315">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">.gada </w:t>
       </w:r>
-      <w:r w:rsidR="003F44D2" w:rsidRPr="1F60E315">
+      <w:r w:rsidR="005718E2">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t>[</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="003F44D2" w:rsidRPr="1F60E315">
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text17"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput>
+              <w:default w:val="[dd. mēnesim] "/>
+            </w:textInput>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="19" w:name="Text17"/>
+      <w:r w:rsidR="005718E2">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t>dd</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="003F44D2" w:rsidRPr="1F60E315">
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="005718E2">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t>. mēnesis]</w:t>
-[...8 lines deleted...]
-      <w:r w:rsidR="003F44D2" w:rsidRPr="1F60E315">
+      </w:r>
+      <w:r w:rsidR="005718E2">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t>[ ]</w:t>
-[...10 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:noProof/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t>[</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="003F44D2" w:rsidRPr="1F60E315">
+        <w:t xml:space="preserve">[dd. mēnesim] </w:t>
+      </w:r>
+      <w:r w:rsidR="005718E2">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t>dd</w:t>
-[...9 lines deleted...]
-      <w:r w:rsidR="5FE2C294" w:rsidRPr="1F60E315">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="19"/>
+      <w:r w:rsidR="005718E2">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2EFA054D" w14:textId="3A1764AE" w:rsidR="00E205DA" w:rsidRPr="00456FEE" w:rsidRDefault="00676901" w:rsidP="7F6C9237">
       <w:pPr>
         <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="7F6C9237">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">2.3. Par katru Projekta posmu </w:t>
       </w:r>
       <w:r w:rsidR="00D930D6">
@@ -1624,108 +2788,116 @@
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="588811FD" w14:textId="43E832E8" w:rsidR="006F56D5" w:rsidRPr="00CF32A8" w:rsidRDefault="00D47ED6" w:rsidP="00CF32A8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="2FB06AE0">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidR="7760D737" w:rsidRPr="2FB06AE0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2FB06AE0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="003F44D2" w:rsidRPr="2FB06AE0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>Samaksa par veiktajiem darbiem Projekta</w:t>
+      </w:r>
+      <w:r w:rsidR="003A585C" w:rsidRPr="2FB06AE0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001D00C7" w:rsidRPr="2FB06AE0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>īstenošanas</w:t>
+      </w:r>
+      <w:r w:rsidR="007014DB" w:rsidRPr="2FB06AE0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003F44D2" w:rsidRPr="2FB06AE0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">posma pēdējā mēnesī un valsts sociālās apdrošināšanas obligātās iemaksas par šo mēnesi ir uzskatāmas par attiecināmām </w:t>
+      </w:r>
+      <w:r w:rsidR="003F44D2" w:rsidRPr="2FB06AE0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>2.</w:t>
-[...55 lines deleted...]
-        <w:t xml:space="preserve">posma pēdējā mēnesī un valsts sociālās apdrošināšanas obligātās iemaksas par šo mēnesi ir uzskatāmas par attiecināmām uz Projekta </w:t>
+        <w:t xml:space="preserve">uz Projekta </w:t>
       </w:r>
       <w:r w:rsidR="00DC6BFD" w:rsidRPr="2FB06AE0">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>īstenošanas</w:t>
       </w:r>
       <w:r w:rsidR="00571483" w:rsidRPr="2FB06AE0">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003F44D2" w:rsidRPr="2FB06AE0">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">posmu arī tajos gadījumos, ja maksājumi veikti ne vēlāk kā 10 (desmit) darbdienas pēc Projekta </w:t>
       </w:r>
@@ -1798,163 +2970,266 @@
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Ī</w:t>
       </w:r>
       <w:r w:rsidR="00A16CA8">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>STENOŠANAS</w:t>
       </w:r>
       <w:r w:rsidR="003F44D2" w:rsidRPr="00456FEE">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> IZMAKSAS UN NORĒĶINU KĀRTĪBA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B2C1C60" w14:textId="75FB21AD" w:rsidR="0012743A" w:rsidRPr="00CF32A8" w:rsidRDefault="00D47ED6" w:rsidP="007B0C8A">
+    <w:p w14:paraId="7B2C1C60" w14:textId="3AA6AF93" w:rsidR="0012743A" w:rsidRPr="00CF32A8" w:rsidRDefault="00D47ED6" w:rsidP="007B0C8A">
       <w:pPr>
         <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="746940B7">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">3.1. </w:t>
       </w:r>
       <w:r w:rsidR="003F44D2" w:rsidRPr="746940B7">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Projekta</w:t>
       </w:r>
       <w:r w:rsidR="00571483" w:rsidRPr="746940B7">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A16CA8" w:rsidRPr="746940B7">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>ĪSTENOŠANAS</w:t>
       </w:r>
       <w:r w:rsidR="003F44D2" w:rsidRPr="746940B7">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> kopējās izmaksas ir </w:t>
       </w:r>
-      <w:r w:rsidR="003F44D2" w:rsidRPr="746940B7">
+      <w:r w:rsidR="005718E2">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text18"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput>
+              <w:default w:val="[summa cipariem] "/>
+            </w:textInput>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="20" w:name="Text18"/>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
         <w:t xml:space="preserve">[summa cipariem] </w:t>
       </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="20"/>
       <w:r w:rsidR="003F44D2" w:rsidRPr="746940B7">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>EUR</w:t>
       </w:r>
       <w:r w:rsidR="003F44D2" w:rsidRPr="746940B7">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="005718E2" w:rsidRPr="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text19"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput>
+              <w:default w:val="[summa vārdiem]"/>
+            </w:textInput>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="21" w:name="Text19"/>
+      <w:r w:rsidR="005718E2" w:rsidRPr="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="005718E2" w:rsidRPr="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="005718E2" w:rsidRPr="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="005718E2" w:rsidRPr="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>[summa vārdiem]</w:t>
+      </w:r>
+      <w:r w:rsidR="005718E2" w:rsidRPr="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="21"/>
       <w:r w:rsidR="003F44D2" w:rsidRPr="746940B7">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>(</w:t>
+        <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="003F44D2" w:rsidRPr="746940B7">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
-          <w:color w:val="FF0000"/>
-[...11 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>, un tās tiek finansētas no</w:t>
       </w:r>
       <w:r w:rsidR="0012743A" w:rsidRPr="746940B7">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_Hlk181023766"/>
+      <w:bookmarkStart w:id="22" w:name="_Hlk181023766"/>
       <w:r w:rsidR="001B0A36" w:rsidRPr="746940B7">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Eiropas Reģionālās attīstības fonda</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="0"/>
+      <w:bookmarkEnd w:id="22"/>
       <w:r w:rsidR="001B0A36" w:rsidRPr="746940B7">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003F44D2" w:rsidRPr="746940B7">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>finansējum</w:t>
       </w:r>
       <w:r w:rsidR="015728A2" w:rsidRPr="746940B7">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="32DE7E6B" w:rsidRPr="746940B7">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
@@ -2211,123 +3486,564 @@
         </w:rPr>
         <w:t>plānotā</w:t>
       </w:r>
       <w:r w:rsidR="7B4AE04B" w:rsidRPr="621B5A46">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> kopējā</w:t>
       </w:r>
       <w:r w:rsidR="008831ED" w:rsidRPr="621B5A46">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> finansējuma.</w:t>
       </w:r>
       <w:r w:rsidR="00722776" w:rsidRPr="621B5A46">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CE9ECD7" w14:textId="494F4C7C" w:rsidR="003F44D2" w:rsidRPr="002F48A1" w:rsidRDefault="3DDB097B" w:rsidP="4CB874AF">
+    <w:p w14:paraId="3CE9ECD7" w14:textId="5716C4B0" w:rsidR="003F44D2" w:rsidRPr="002F48A1" w:rsidRDefault="3DDB097B" w:rsidP="4CB874AF">
       <w:pPr>
         <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF32A8">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>3.</w:t>
       </w:r>
       <w:r w:rsidR="44A1F1C3" w:rsidRPr="00CF32A8">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="00CF32A8">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="52C7A1E2" w:rsidRPr="00CF32A8">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Pētniecības projekta īstenotājs 30 (trīsdesmit) darba dienu laikā no Līguma </w:t>
       </w:r>
       <w:r w:rsidR="009E34AA">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>parakstīšanas</w:t>
       </w:r>
       <w:r w:rsidR="52C7A1E2" w:rsidRPr="00CF32A8">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> dienas saņem avansa maksājumu – EUR ______________.___ ([summa vārdiem] </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve"> dienas saņem avansa maksājumu – EUR </w:t>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text20"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="23" w:name="Text20"/>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="23"/>
+      <w:r w:rsidR="52C7A1E2" w:rsidRPr="00CF32A8">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text21"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="24" w:name="Text21"/>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="24"/>
+      <w:r w:rsidR="52C7A1E2" w:rsidRPr="00CF32A8">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="005718E2" w:rsidRPr="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text19"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput>
+              <w:default w:val="[summa vārdiem]"/>
+            </w:textInput>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidR="005718E2" w:rsidRPr="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="005718E2" w:rsidRPr="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="005718E2" w:rsidRPr="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="005718E2" w:rsidRPr="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>[summa vārdiem]</w:t>
+      </w:r>
+      <w:r w:rsidR="005718E2" w:rsidRPr="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="52C7A1E2" w:rsidRPr="003632F6">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>euro</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="52C7A1E2" w:rsidRPr="002F48A1">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> un 00 centi) apmērā, kas ir [x]</w:t>
-[...5 lines deleted...]
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> un </w:t>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text22"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="25" w:name="Text22"/>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="25"/>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="52C7A1E2" w:rsidRPr="002F48A1">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>% ([summa vārdiem] procenti) no pētniecības projektam piešķirtā Eiropas Reģionālās attīstības fonda</w:t>
+        <w:t xml:space="preserve">centi) apmērā, kas ir </w:t>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text23"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="26" w:name="Text23"/>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="26"/>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="52C7A1E2" w:rsidRPr="002F48A1">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>%</w:t>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="005718E2" w:rsidRPr="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text19"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput>
+              <w:default w:val="[summa vārdiem]"/>
+            </w:textInput>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidR="005718E2" w:rsidRPr="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="005718E2" w:rsidRPr="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="005718E2" w:rsidRPr="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="005718E2" w:rsidRPr="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>[summa vārdiem]</w:t>
+      </w:r>
+      <w:r w:rsidR="005718E2" w:rsidRPr="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="52C7A1E2" w:rsidRPr="002F48A1">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> procenti) no pētniecības projektam piešķirtā Eiropas Reģionālās attīstības fonda</w:t>
       </w:r>
       <w:r w:rsidR="2D9973B0" w:rsidRPr="002F48A1">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> finansējuma</w:t>
       </w:r>
       <w:r w:rsidR="23256074" w:rsidRPr="002F48A1">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> un valsts budžeta līdzfinansējuma kopsummas</w:t>
       </w:r>
       <w:r w:rsidR="394A1CEB" w:rsidRPr="002F48A1">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="373C93AD" w14:textId="4B2C8294" w:rsidR="439C1EF8" w:rsidRPr="002F48A1" w:rsidRDefault="439C1EF8" w:rsidP="4CB874AF">
       <w:pPr>
         <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
@@ -2707,51 +4423,51 @@
         <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="2A61931E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>4.</w:t>
       </w:r>
       <w:r w:rsidR="25E3EAEB" w:rsidRPr="2A61931E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="2A61931E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:bookmarkStart w:id="1" w:name="_Hlk94010749"/>
+      <w:bookmarkStart w:id="27" w:name="_Hlk94010749"/>
       <w:r w:rsidR="485CE0A8" w:rsidRPr="2A61931E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Lai nodrošinātu Projekta</w:t>
       </w:r>
       <w:r w:rsidR="03F79834" w:rsidRPr="2A61931E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="485CE0A8" w:rsidRPr="2A61931E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">posma īstenošanai piešķirtā finansējuma </w:t>
       </w:r>
       <w:r w:rsidR="485CE0A8" w:rsidRPr="2A61931E">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">izlietojuma </w:t>
       </w:r>
       <w:r w:rsidR="485CE0A8" w:rsidRPr="2A61931E">
@@ -2871,51 +4587,51 @@
       <w:r w:rsidR="21A6EEE7" w:rsidRPr="2A61931E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> visu izdevumus pamatojošo dokumentu kopijas</w:t>
       </w:r>
       <w:r w:rsidR="21A6EEE7" w:rsidRPr="2A61931E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="6EDC8C80" w:rsidRPr="2A61931E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="27"/>
       <w:r w:rsidR="3571F41B" w:rsidRPr="2A61931E">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>PADOME</w:t>
       </w:r>
       <w:r w:rsidR="3B64AF6D" w:rsidRPr="2A61931E">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> veic šajos dokumentos iekļauto personas datu apstrādi tādā apjomā, kāds nepieciešams, lai šī Projekta īstenošanas uzraudzības un kontroles procesā nodrošinātu projektu mērķu un iznākuma rādītāju sasniegšanas uzraudzību saskaņā ar normatīvajos aktos noteikto un ievērojot Eiropas Parlamenta un Padomes Regulas (ES) 2016/679 (2016. gada 27. aprīlis) par fizisku personu aizsardzību attiecībā uz personas datu apstrādi un šādu datu brīvu apriti un ar ko atceļ Direktīvu 95/46/EK (Vispārīgā datu aizsardzības regula)  II. nodaļas 5. panta 1. punkta a) un f) apakšpunktā un 6. panta 1.punkta b) un e) apakšpunktā noteikto.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52468961" w14:textId="1CEF5EAD" w:rsidR="003D7A40" w:rsidRPr="00226249" w:rsidRDefault="00563D6F" w:rsidP="7F6C9237">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="7F6C9237">
         <w:rPr>
@@ -3079,58 +4795,51 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="54AE74DF" w:rsidRPr="7F6C9237">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>no</w:t>
       </w:r>
       <w:r w:rsidR="003F44D2" w:rsidRPr="7F6C9237">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">rādīto </w:t>
       </w:r>
       <w:r w:rsidR="02ED5B3F" w:rsidRPr="7F6C9237">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">informāciju par </w:t>
       </w:r>
       <w:r w:rsidR="003F44D2" w:rsidRPr="7F6C9237">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">darbu izpildi atbilstoši Līguma </w:t>
-[...6 lines deleted...]
-        <w:t>noteikumiem.</w:t>
+        <w:t>darbu izpildi atbilstoši Līguma noteikumiem.</w:t>
       </w:r>
       <w:r w:rsidR="00851918" w:rsidRPr="7F6C9237">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003F44D2" w:rsidRPr="7F6C9237">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Lai </w:t>
       </w:r>
       <w:r w:rsidR="003F44D2" w:rsidRPr="7F6C9237">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">izvērtētu veikto darbu atbilstību Projekta </w:t>
       </w:r>
       <w:r w:rsidR="00375C94" w:rsidRPr="7F6C9237">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
@@ -3149,50 +4858,51 @@
         </w:rPr>
         <w:t>PADOME</w:t>
       </w:r>
       <w:r w:rsidR="003F44D2" w:rsidRPr="7F6C9237">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> var pieaicināt neatkarīgu zinātnisko un/vai tautsaimniecības ekspertu.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05EBF4B1" w14:textId="0BDEB03D" w:rsidR="0084220C" w:rsidRPr="00456FEE" w:rsidRDefault="0084220C" w:rsidP="7F6C9237">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="7F6C9237">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">4.4. PADOME veic samaksu </w:t>
       </w:r>
       <w:r w:rsidR="00C76450">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>PĒTNIECĪBAS PROJEKTA ĪSTENOTĀJAM</w:t>
       </w:r>
       <w:r w:rsidR="00C76450" w:rsidRPr="7F6C9237" w:rsidDel="0084220C">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="7F6C9237">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>10 (desmit) darbdienu laikā pēc</w:t>
       </w:r>
       <w:r w:rsidRPr="7F6C9237">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
@@ -4228,84 +5938,84 @@
         </w:rPr>
         <w:t>PĒTNIECĪBAS PROJEKTA ĪSTENOTĀJA</w:t>
       </w:r>
       <w:r w:rsidR="6DBADB01" w:rsidRPr="002F48A1">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> oficiālajā tīmekļa vietnē un sociālo mediju vietnēs ne retāk kā reizi 3</w:t>
       </w:r>
       <w:r w:rsidR="54B1A187" w:rsidRPr="002F48A1">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (trīs)</w:t>
       </w:r>
       <w:r w:rsidR="6DBADB01" w:rsidRPr="002F48A1">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> mēnešos  publicēt aprakstu par projekta progresu, tostarp tā mērķiem un rezultātu ar atsauci, ka projektu līdzfinansē ES. Pēc </w:t>
+        <w:t xml:space="preserve"> mēnešos  publicēt aprakstu par projekta progresu, tostarp tā mērķiem un rezultātu ar atsauci, ka projektu līdzfinansē ES. Pēc projekta uzsākšanas uzstādīt plakātu </w:t>
+      </w:r>
+      <w:r w:rsidR="00F84BC4" w:rsidRPr="002F48A1">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PĒTNIECĪBAS PROJEKTA ĪSTENOTĀJA</w:t>
+      </w:r>
+      <w:r w:rsidR="002F48A1" w:rsidRPr="002F48A1">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="6DBADB01" w:rsidRPr="002F48A1">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...16 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">telpā redzamā vietā vismaz A3 formātā, kurā ir norādīta informācija par projektu </w:t>
       </w:r>
       <w:r w:rsidR="6DBADB01" w:rsidRPr="002F48A1">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>telpā redzamā vietā vismaz A3 formātā, kurā ir norādīta informācija par projektu un no ES fondiem saņemtais atbalsts. Visus organizētajos pasākumos, prezentācijās, mācībās, kā arī stendos un citos materiālos tiks ievietota atsauce uz projekta nr., nosaukumu un norādīta informācija atbilstoši ES fondu 2021.–2027. gada plānošanas perioda komunikācijas un dizaina vadlīnijām.</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t>un no ES fondiem saņemtais atbalsts. Visus organizētajos pasākumos, prezentācijās, mācībās, kā arī stendos un citos materiālos tiks ievietota atsauce uz projekta nr., nosaukumu un norādīta informācija atbilstoši ES fondu 2021.–2027. gada plānošanas perioda komunikācijas un dizaina vadlīnijām.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="181DDB20" w14:textId="5D1CB1EC" w:rsidR="003F44D2" w:rsidRPr="00456FEE" w:rsidRDefault="00563D6F" w:rsidP="292A1F4F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="292A1F4F">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>5.2.1</w:t>
       </w:r>
       <w:r w:rsidR="230C86B9" w:rsidRPr="292A1F4F">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:spacing w:val="-4"/>
@@ -5283,163 +6993,145 @@
       </w:r>
       <w:r w:rsidR="003F44D2" w:rsidRPr="7F6C9237">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">īstenotajiem zinātniskās sadarbības projektiem, ja Puses savstarpēji ir izvērtējušas Projekta, no kura ieskaitu </w:t>
       </w:r>
       <w:r w:rsidR="006C53E4" w:rsidRPr="7F6C9237">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>PADOME</w:t>
       </w:r>
       <w:r w:rsidR="003F44D2" w:rsidRPr="7F6C9237">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> vēlas piemērot, īstenošanas un rezultātu sasniegšanas riskus un savstarpēji konstatējušas,</w:t>
       </w:r>
       <w:r w:rsidR="003F44D2" w:rsidRPr="7F6C9237">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ka tas neapdraud attiecīgā Projekta īstenošanu un rezultātu sasniegšanu. Par minēto </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> un konstatāciju tiek slēgta vienošanās starp Pusēm.</w:t>
+        <w:t xml:space="preserve"> ka tas neapdraud attiecīgā Projekta īstenošanu un rezultātu sasniegšanu. Par minēto izvērtējumu un konstatāciju tiek slēgta vienošanās starp Pusēm.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6300921E" w14:textId="213CA6E0" w:rsidR="003F44D2" w:rsidRPr="00456FEE" w:rsidRDefault="00BE6F23" w:rsidP="7F6C9237">
       <w:pPr>
         <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="7F6C9237">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">6.3. </w:t>
       </w:r>
       <w:r w:rsidR="003F44D2" w:rsidRPr="7F6C9237">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Ja nav iespējas veikt ieturējumu no nākamā Projekta posma maksājuma par </w:t>
       </w:r>
       <w:r w:rsidR="003F44D2" w:rsidRPr="7F6C9237">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t>Projekta</w:t>
       </w:r>
       <w:r w:rsidR="0031362C" w:rsidRPr="7F6C9237">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003F44D2" w:rsidRPr="7F6C9237">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">īstenošanu vai nav iespējas piemērot Līguma 6.2.punktā minēto noteikumu par vienpusēju </w:t>
+        <w:t xml:space="preserve">īstenošanu vai nav iespējas piemērot Līguma 6.2.punktā minēto noteikumu par vienpusēju ieskaitu, </w:t>
+      </w:r>
+      <w:r w:rsidR="006C53E4" w:rsidRPr="7F6C9237">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>PADOME</w:t>
       </w:r>
       <w:r w:rsidR="003F44D2" w:rsidRPr="7F6C9237">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
+        <w:t xml:space="preserve"> un </w:t>
+      </w:r>
+      <w:r w:rsidR="39FC545E" w:rsidRPr="7F6C9237">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F83823">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>PĒTNIECĪBAS PROJEKTA ĪSTENOTĀJS</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA4708">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003F44D2" w:rsidRPr="7F6C9237">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">slēdz vienošanos, kurā </w:t>
+      </w:r>
+      <w:r w:rsidR="003F44D2" w:rsidRPr="7F6C9237">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">ieskaitu, </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve">slēdz vienošanos, kurā iekļauj neatbilstoši veikto izdevumu atmaksas termiņus un saistību pastiprinājumus atmaksas termiņu kavējuma gadījumā. </w:t>
+        <w:t xml:space="preserve">iekļauj neatbilstoši veikto izdevumu atmaksas termiņus un saistību pastiprinājumus atmaksas termiņu kavējuma gadījumā. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C9CB1FA" w14:textId="28EA8605" w:rsidR="003F44D2" w:rsidRPr="00456FEE" w:rsidRDefault="00BE6F23" w:rsidP="657B28C9">
       <w:pPr>
         <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="657B28C9">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">6.4. </w:t>
       </w:r>
       <w:r w:rsidR="003541C1" w:rsidRPr="657B28C9">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Ja nav iespējams veikt ieturējumu, veikt vienpusēju ieskaitu vai vienoties par neatbilstoši veikto izdevumu atmaksu, </w:t>
@@ -5778,65 +7470,51 @@
         </w:rPr>
         <w:t xml:space="preserve">informē </w:t>
       </w:r>
       <w:r w:rsidR="109BD52B" w:rsidRPr="7F6C9237">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F83823">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>PĒTNIECĪBAS PROJEKTA ĪSTENOTĀJU</w:t>
       </w:r>
       <w:r w:rsidR="00742BF0">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003F44D2" w:rsidRPr="7F6C9237">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">par nepieciešamību veikt grozījumus līgumā un </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">par nepieciešamību veikt grozījumus līgumā un nosūta </w:t>
       </w:r>
       <w:r w:rsidR="00F83823" w:rsidRPr="00F83823">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F83823">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>PĒTNIECĪBAS PROJEKTA ĪSTENOTĀJ</w:t>
       </w:r>
       <w:r w:rsidR="00F16C9D">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>AM</w:t>
       </w:r>
       <w:r w:rsidR="003F44D2" w:rsidRPr="7F6C9237">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> vienošanās projektu par grozījumiem. </w:t>
       </w:r>
@@ -6041,180 +7719,174 @@
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>em</w:t>
       </w:r>
       <w:r w:rsidRPr="00521A78">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>) no izdevumu pozīcijas sākotnējā apjoma, ja šīs izdevumu pozīcijas izdevumu apmērs ir lielāks kā 1</w:t>
       </w:r>
       <w:r w:rsidR="00BC57A6">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00521A78">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">000 EUR (viens tūkstotis </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003632F6">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>euro</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00521A78">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>), vai</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FC6C455" w14:textId="526B7A3A" w:rsidR="7CCF459B" w:rsidRDefault="7CCF459B" w:rsidP="2FB06AE0">
       <w:pPr>
         <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00521A78">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">8.6.3. tāmes atsevišķā izdevumu pozīcija ir palielinājusies vai samazinājusies par vairāk kā 300 EUR (trīs simti </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A736D9">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>euro</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00521A78">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">) no izdevumu pozīcijas sākotnējā apjoma, ja šīs izdevumu pozīcijas izdevumu apmērs ir </w:t>
       </w:r>
       <w:r w:rsidRPr="2FB06AE0">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>vienāds vai mazāks par 1</w:t>
       </w:r>
       <w:r w:rsidR="001E6E44">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="2FB06AE0">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">000 EUR (viens tūkstotis </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001E6E44">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>euro</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="2FB06AE0">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3630D79D" w14:textId="3DE019C7" w:rsidR="7CCF459B" w:rsidRDefault="7CCF459B" w:rsidP="2FB06AE0">
       <w:pPr>
         <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="2FB06AE0">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>8.7. Par izmaiņām Projekta izpildītāju sarakstā ir jāveic grozījumi Līgumā, ja:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51503418" w14:textId="60015672" w:rsidR="7CCF459B" w:rsidRDefault="7CCF459B" w:rsidP="2FB06AE0">
       <w:pPr>
         <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="2FB06AE0">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>8.7.1. mainās projekta zinātniskais vadītājs;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67ED8722" w14:textId="5AA18F5C" w:rsidR="7CCF459B" w:rsidRDefault="7CCF459B" w:rsidP="2FB06AE0">
       <w:pPr>
         <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="2FB06AE0">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>8.7.2. izmaiņu rezultātā iestājas kāds no līguma 8.6. punktā noteiktajiem gadījumiem;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="774E69D5" w14:textId="7EC4F889" w:rsidR="7CCF459B" w:rsidRDefault="7CCF459B" w:rsidP="2FB06AE0">
       <w:pPr>
         <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="2FB06AE0">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>8.7.3. Projekta uzdevumu izpildē ir piesaistīts jauns izpildītājs vai notikusi izpildītāju maiņa un šīs izmaiņas veido vismaz pusi no sākotnējā Projekta izpildītāju saraksta;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="221D72E5" w14:textId="657F9E52" w:rsidR="7CCF459B" w:rsidRDefault="7CCF459B" w:rsidP="2FB06AE0">
       <w:pPr>
         <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="2FB06AE0">
         <w:rPr>
@@ -6574,72 +8246,51 @@
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidRPr="2FB06AE0">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">.4. </w:t>
       </w:r>
       <w:r w:rsidR="008578FC">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>PĒTNIECĪBAS PROJEKTA ĪSTENOTĀJS</w:t>
       </w:r>
       <w:r w:rsidR="003F44D2" w:rsidRPr="2FB06AE0">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> pārkāpj vai </w:t>
       </w:r>
       <w:r w:rsidR="003F44D2" w:rsidRPr="2FB06AE0">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
-        <w:t xml:space="preserve">nepilda Līgumā, ES normatīvajos aktos un Latvijas Republikas normatīvajos </w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> noteiktās prasības;</w:t>
+        <w:t>nepilda Līgumā, ES normatīvajos aktos un Latvijas Republikas normatīvajos aktos noteiktās prasības;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45A74448" w14:textId="436A9205" w:rsidR="003F44D2" w:rsidRPr="00456FEE" w:rsidRDefault="00E213B3" w:rsidP="7F6C9237">
       <w:pPr>
         <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="7F6C9237">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>8.</w:t>
       </w:r>
       <w:r w:rsidR="4B2D9D14" w:rsidRPr="7F6C9237">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidRPr="7F6C9237">
@@ -6934,65 +8585,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> saskaņā ar Līguma 8.</w:t>
       </w:r>
       <w:r w:rsidR="27ED3D1A" w:rsidRPr="7F6C9237">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidR="003F44D2" w:rsidRPr="7F6C9237">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">. punktu izbeidz Līgumu, </w:t>
       </w:r>
       <w:r w:rsidR="008070BF" w:rsidRPr="7F6C9237">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>PADOME</w:t>
       </w:r>
       <w:r w:rsidR="003F44D2" w:rsidRPr="7F6C9237">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> nosūta </w:t>
       </w:r>
       <w:r w:rsidR="00FF0FD0" w:rsidRPr="00FF0FD0">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00FF0FD0">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>PĒTNIECĪBAS PROJEKTA ĪSTENOTĀJAM</w:t>
       </w:r>
       <w:r w:rsidR="003F44D2" w:rsidRPr="7F6C9237">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">M attiecīgu rakstveida paziņojumu vai lēmumu, norādot datumu, ar kuru Līgums ir uzskatāms par izbeigtu, kā arī saistības, kas </w:t>
       </w:r>
       <w:r w:rsidR="07753837" w:rsidRPr="7F6C9237">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -7048,51 +8685,51 @@
         </w:tabs>
         <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00456FEE">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">9.1. </w:t>
       </w:r>
       <w:r w:rsidR="003F44D2" w:rsidRPr="00456FEE">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Līguma noteikumi ir piemērojami, ciktāl ES un Latvijas Republikas normatīvie akti nenosaka citādi.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="431434AF" w14:textId="4C060F32" w:rsidR="003F44D2" w:rsidRPr="00456FEE" w:rsidRDefault="00F4366E" w:rsidP="7F6C9237">
+    <w:p w14:paraId="431434AF" w14:textId="5158DE1A" w:rsidR="003F44D2" w:rsidRPr="00456FEE" w:rsidRDefault="00F4366E" w:rsidP="7F6C9237">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="7F6C9237">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">9.2. </w:t>
       </w:r>
       <w:r w:rsidR="00FF0FD0">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>PĒTNIECĪBA</w:t>
       </w:r>
       <w:r w:rsidR="00CF6288">
@@ -7123,120 +8760,310 @@
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">kontaktpersona ir </w:t>
       </w:r>
       <w:r w:rsidR="003F44D2" w:rsidRPr="7F6C9237">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Projekta </w:t>
       </w:r>
       <w:r w:rsidR="00073C96" w:rsidRPr="7F6C9237">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">zinātniskais </w:t>
       </w:r>
       <w:r w:rsidR="003F44D2" w:rsidRPr="7F6C9237">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">vadītājs </w:t>
       </w:r>
-      <w:r w:rsidR="003F44D2" w:rsidRPr="7F6C9237">
+      <w:r w:rsidR="005718E2">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t>[</w:t>
-      </w:r>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text24"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput>
+              <w:default w:val="[vārds uzvārds]"/>
+            </w:textInput>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="28" w:name="Text24"/>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>[vārds uzvārds]</w:t>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="28"/>
       <w:r w:rsidR="003F44D2" w:rsidRPr="7F6C9237">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>vārds uzvārds</w:t>
+        <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="003F44D2" w:rsidRPr="7F6C9237">
         <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kontakttālrunis </w:t>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t>]</w:t>
-      </w:r>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text25"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="29" w:name="Text25"/>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="29"/>
       <w:r w:rsidR="003F44D2" w:rsidRPr="7F6C9237">
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="003F44D2" w:rsidRPr="7F6C9237">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
-          <w:lang w:eastAsia="lv-LV"/>
-[...1 lines deleted...]
-        <w:t>,</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003F44D2" w:rsidRPr="7F6C9237">
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> kontakttālrunis </w:t>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>e-pasta adrese</w:t>
       </w:r>
       <w:r w:rsidR="003F44D2" w:rsidRPr="7F6C9237">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t>[ ]</w:t>
-[...7 lines deleted...]
-      <w:r w:rsidR="003F44D2" w:rsidRPr="7F6C9237">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005718E2">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-      <w:r w:rsidR="003F44D2" w:rsidRPr="7F6C9237">
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text26"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="30" w:name="Text26"/>
+      <w:r w:rsidR="005718E2">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> [ ]</w:t>
-      </w:r>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="30"/>
       <w:r w:rsidR="003F44D2" w:rsidRPr="7F6C9237">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79360366" w14:textId="48BB040C" w:rsidR="003F44D2" w:rsidRPr="00456FEE" w:rsidRDefault="00F4366E" w:rsidP="00F4366E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00456FEE">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
@@ -7432,172 +9259,274 @@
         <w:t>pielikums “</w:t>
       </w:r>
       <w:r w:rsidR="4B615C3E" w:rsidRPr="2FB06AE0">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Pētniecības projekta izmaksu tāme”;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F00AA29" w14:textId="11B5762F" w:rsidR="3216AB2C" w:rsidRDefault="3216AB2C" w:rsidP="2FB06AE0">
       <w:pPr>
         <w:spacing w:before="60" w:after="0"/>
         <w:ind w:left="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="2FB06AE0">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>9.4.4. 4.</w:t>
       </w:r>
       <w:r w:rsidR="00A736D9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="2FB06AE0">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>pielikums “</w:t>
       </w:r>
       <w:r w:rsidR="34B8BE59" w:rsidRPr="2FB06AE0">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Pētniecības projekta īstenotāja apliecinājums</w:t>
       </w:r>
       <w:r w:rsidRPr="2FB06AE0">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>”;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="319EA51E" w14:textId="1BDC49DE" w:rsidR="3216AB2C" w:rsidRDefault="3216AB2C" w:rsidP="2FB06AE0">
       <w:pPr>
         <w:spacing w:before="60" w:after="0"/>
         <w:ind w:left="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="2FB06AE0">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>9.4.5. 5.</w:t>
       </w:r>
       <w:r w:rsidR="00A736D9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="2FB06AE0">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">pielikums </w:t>
       </w:r>
       <w:r w:rsidR="2A0BE80D" w:rsidRPr="2FB06AE0">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>“Pētniecības projekta īstenošanas posmi, maksājumu pieprasījumu un pārskatu iesniegšanas termiņi”</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05823545" w14:textId="7BF17EC1" w:rsidR="00163715" w:rsidRPr="00456FEE" w:rsidRDefault="00F4366E" w:rsidP="00CF32A8">
+    <w:p w14:paraId="05823545" w14:textId="2E92B086" w:rsidR="00163715" w:rsidRPr="00456FEE" w:rsidRDefault="00F4366E" w:rsidP="00CF32A8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00456FEE">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">9.5. </w:t>
       </w:r>
       <w:r w:rsidR="003F44D2" w:rsidRPr="00456FEE">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Līgums ir sastādīts latviešu valodā uz </w:t>
       </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text27"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput>
+              <w:default w:val="[lappušu skaits cipariem]"/>
+            </w:textInput>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="31" w:name="Text27"/>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[lappušu skaits cipariem]</w:t>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="31"/>
       <w:r w:rsidR="003F44D2" w:rsidRPr="00456FEE">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>[lappušu skaits cipariem]</w:t>
-[...8 lines deleted...]
-      <w:r w:rsidR="003F44D2" w:rsidRPr="00456FEE">
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text28"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput>
+              <w:default w:val="lappušu skaits vārdiem"/>
+            </w:textInput>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="32" w:name="Text28"/>
+      <w:r w:rsidR="005718E2">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>lappušu skaits vārdiem</w:t>
       </w:r>
+      <w:r w:rsidR="005718E2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="32"/>
       <w:r w:rsidR="003F44D2" w:rsidRPr="00456FEE">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">) lappusēm, parakstīts ar drošu elektronisko parakstu un satur laika zīmogu. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22E86905" w14:textId="740C7C13" w:rsidR="003F44D2" w:rsidRPr="00456FEE" w:rsidRDefault="003F44D2" w:rsidP="003F44D2">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00456FEE">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>PUŠU REKVIZĪTI</w:t>
@@ -7618,51 +9547,51 @@
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5245"/>
         <w:gridCol w:w="4148"/>
       </w:tblGrid>
       <w:tr w:rsidR="00F05D6F" w:rsidRPr="00456FEE" w14:paraId="12A4D853" w14:textId="77777777" w:rsidTr="7F6C9237">
         <w:trPr>
           <w:trHeight w:val="283"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="46689946" w14:textId="72CEAA4D" w:rsidR="00F05D6F" w:rsidRPr="00456FEE" w:rsidRDefault="008070BF" w:rsidP="00955E6B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="2" w:name="_Hlk92724858"/>
+            <w:bookmarkStart w:id="33" w:name="_Hlk92724858"/>
             <w:r w:rsidRPr="00456FEE">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>PADOME</w:t>
             </w:r>
             <w:r w:rsidR="00F05D6F" w:rsidRPr="00456FEE">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4148" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="35CCF376" w14:textId="51FC6F89" w:rsidR="00F05D6F" w:rsidRPr="00456FEE" w:rsidRDefault="00CF6288" w:rsidP="7F6C9237">
             <w:pPr>
               <w:spacing w:before="120"/>
@@ -7750,174 +9679,406 @@
               <w:t>, LV – 1050</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4148" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5FE51BA4" w14:textId="77777777" w:rsidR="00F05D6F" w:rsidRPr="00456FEE" w:rsidRDefault="00F05D6F" w:rsidP="00F05D6F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00456FEE">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Juridiskā adrese:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3140D46A" w14:textId="5BD0F74C" w:rsidR="00F05D6F" w:rsidRPr="00456FEE" w:rsidRDefault="00F05D6F" w:rsidP="00F05D6F">
+          <w:p w14:paraId="3140D46A" w14:textId="43236780" w:rsidR="00F05D6F" w:rsidRPr="00456FEE" w:rsidRDefault="005718E2" w:rsidP="00F05D6F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="1966"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00456FEE">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="FF0000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>[ ]</w:t>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text29"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00456FEE">
+            <w:bookmarkStart w:id="34" w:name="Text29"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="34"/>
+            <w:r w:rsidR="00F05D6F" w:rsidRPr="00456FEE">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>, LV-</w:t>
             </w:r>
-            <w:r w:rsidRPr="00456FEE">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="FF0000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>[ ]</w:t>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text30"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
             </w:r>
+            <w:bookmarkStart w:id="35" w:name="Text30"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="35"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F05D6F" w:rsidRPr="00456FEE" w14:paraId="6C9F91E3" w14:textId="77777777" w:rsidTr="7F6C9237">
         <w:trPr>
           <w:trHeight w:val="283"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1DD2EF5F" w14:textId="6801D5B1" w:rsidR="00F05D6F" w:rsidRPr="00456FEE" w:rsidRDefault="00F05D6F" w:rsidP="00F05D6F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00456FEE">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Reģ</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve">. Nr. </w:t>
+              <w:t xml:space="preserve">Reģ. Nr. </w:t>
             </w:r>
             <w:r w:rsidR="008070BF" w:rsidRPr="00456FEE">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>90000048222</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4148" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4035D7AB" w14:textId="2A88E52B" w:rsidR="00F05D6F" w:rsidRPr="00456FEE" w:rsidRDefault="00F05D6F" w:rsidP="00F05D6F">
+          <w:p w14:paraId="4035D7AB" w14:textId="32847AAA" w:rsidR="00F05D6F" w:rsidRPr="00456FEE" w:rsidRDefault="00F05D6F" w:rsidP="00F05D6F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00456FEE">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Reģ</w:t>
+              <w:t xml:space="preserve">Reģ. Nr. </w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00456FEE">
+            <w:r w:rsidR="005718E2">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">. Nr. </w:t>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text31"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00456FEE">
+            <w:bookmarkStart w:id="36" w:name="Text31"/>
+            <w:r w:rsidR="005718E2">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="FF0000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>[ ]</w:t>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
+            <w:r w:rsidR="005718E2">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="005718E2">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="005718E2">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="005718E2">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="005718E2">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="005718E2">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="005718E2">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="005718E2">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="36"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F05D6F" w:rsidRPr="00456FEE" w14:paraId="3126DAF0" w14:textId="77777777" w:rsidTr="7F6C9237">
         <w:trPr>
           <w:trHeight w:val="283"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5760EED8" w14:textId="0FB34E63" w:rsidR="00C0233B" w:rsidRPr="00456FEE" w:rsidRDefault="00F05D6F" w:rsidP="00F05D6F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00456FEE">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -7926,75 +10087,159 @@
             <w:r w:rsidR="00463DDF" w:rsidRPr="00456FEE">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0073301F" w:rsidRPr="0073301F">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>LV 97TREL215017203100B</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5CB601C5" w14:textId="7DC0805C" w:rsidR="00463DDF" w:rsidRPr="00456FEE" w:rsidRDefault="00463DDF" w:rsidP="00F05D6F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4148" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4D6EDD26" w14:textId="61B29F83" w:rsidR="00F05D6F" w:rsidRPr="00456FEE" w:rsidRDefault="00F05D6F" w:rsidP="00F05D6F">
+          <w:p w14:paraId="4D6EDD26" w14:textId="1D67F7B9" w:rsidR="00F05D6F" w:rsidRPr="00456FEE" w:rsidRDefault="00F05D6F" w:rsidP="00F05D6F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00456FEE">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Konta Nr.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00456FEE">
+            <w:r w:rsidR="005718E2">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="FF0000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>[ ]</w:t>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text32"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
             </w:r>
+            <w:bookmarkStart w:id="37" w:name="Text32"/>
+            <w:r w:rsidR="005718E2">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="005718E2">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="005718E2">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="005718E2">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="005718E2">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="005718E2">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="005718E2">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="005718E2">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="005718E2">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="37"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C0233B" w:rsidRPr="00456FEE" w14:paraId="30ADAE04" w14:textId="77777777" w:rsidTr="7F6C9237">
         <w:trPr>
           <w:trHeight w:val="283"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4FAB6860" w14:textId="7A5AD9A0" w:rsidR="00C0233B" w:rsidRPr="00456FEE" w:rsidRDefault="00C0233B" w:rsidP="00F05D6F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00456FEE">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
@@ -8067,391 +10312,467 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00456FEE">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>TRELLV22</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C0233B" w14:paraId="734855D0" w14:textId="77777777" w:rsidTr="7F6C9237">
         <w:trPr>
           <w:trHeight w:val="283"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6813490F" w14:textId="3F080989" w:rsidR="00E43E67" w:rsidRPr="00456FEE" w:rsidRDefault="00E43E67" w:rsidP="00E43E67">
+          <w:p w14:paraId="46E6A45B" w14:textId="23AB4C06" w:rsidR="00E43E67" w:rsidRDefault="005718E2" w:rsidP="00E43E67">
             <w:pPr>
               <w:ind w:hanging="6"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00456FEE">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>[</w:t>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text33"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput>
+                    <w:default w:val="[paraksttiesīgās amatpersonas amats] "/>
+                  </w:textInput>
+                </w:ffData>
+              </w:fldChar>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00456FEE">
+            <w:bookmarkStart w:id="38" w:name="Text33"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>paraksttiesīgās</w:t>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00456FEE">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00DC5252">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>amat</w:t>
+              <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00456FEE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="FF0000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">[paraksttiesīgās amatpersonas amats] </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">personas amats] </w:t>
+              <w:fldChar w:fldCharType="end"/>
             </w:r>
+            <w:bookmarkEnd w:id="38"/>
           </w:p>
-          <w:p w14:paraId="46E6A45B" w14:textId="77777777" w:rsidR="00E43E67" w:rsidRPr="00456FEE" w:rsidRDefault="00E43E67" w:rsidP="00E43E67">
+          <w:p w14:paraId="21F3EDDC" w14:textId="77777777" w:rsidR="005718E2" w:rsidRPr="00456FEE" w:rsidRDefault="005718E2" w:rsidP="00E43E67">
             <w:pPr>
               <w:ind w:hanging="6"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="319CCE4C" w14:textId="0B86C9BC" w:rsidR="00C0233B" w:rsidRPr="00456FEE" w:rsidRDefault="00E43E67" w:rsidP="165E0D8E">
+          <w:p w14:paraId="319CCE4C" w14:textId="0B43FA0D" w:rsidR="00C0233B" w:rsidRPr="00456FEE" w:rsidRDefault="005718E2" w:rsidP="165E0D8E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="165E0D8E">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
-              <w:t>[</w:t>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text34"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput>
+                    <w:default w:val="[vārds, uzvārds]*"/>
+                  </w:textInput>
+                </w:ffData>
+              </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="165E0D8E">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="165E0D8E">
+            <w:bookmarkStart w:id="39" w:name="Text34"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
-              <w:t>]</w:t>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="058D3546" w:rsidRPr="165E0D8E">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
-              <w:t>*</w:t>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>[vārds, uzvārds]*</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="39"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4148" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0A358930" w14:textId="34FA6593" w:rsidR="00C0233B" w:rsidRPr="00456FEE" w:rsidRDefault="00C0233B" w:rsidP="00C0233B">
+          <w:p w14:paraId="4A06AA86" w14:textId="77777777" w:rsidR="005718E2" w:rsidRDefault="005718E2" w:rsidP="005718E2">
             <w:pPr>
               <w:ind w:hanging="6"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00456FEE">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>[</w:t>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text33"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput>
+                    <w:default w:val="[paraksttiesīgās amatpersonas amats] "/>
+                  </w:textInput>
+                </w:ffData>
+              </w:fldChar>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00456FEE">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>paraksttiesīgās</w:t>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00456FEE">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00DC5252">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>amat</w:t>
+              <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00456FEE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="FF0000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">[paraksttiesīgās amatpersonas amats] </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">personas amats] </w:t>
+              <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="04D47EBA" w14:textId="77777777" w:rsidR="00C22378" w:rsidRPr="00456FEE" w:rsidRDefault="00C22378" w:rsidP="00C0233B">
+          <w:p w14:paraId="7CC8AE1E" w14:textId="77777777" w:rsidR="005718E2" w:rsidRPr="00456FEE" w:rsidRDefault="005718E2" w:rsidP="005718E2">
             <w:pPr>
               <w:ind w:hanging="6"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="67A3001D" w14:textId="70F47971" w:rsidR="00C0233B" w:rsidRPr="00C0233B" w:rsidRDefault="00C0233B" w:rsidP="165E0D8E">
+          <w:p w14:paraId="67A3001D" w14:textId="39CCB421" w:rsidR="00C0233B" w:rsidRPr="00C0233B" w:rsidRDefault="005718E2" w:rsidP="005718E2">
             <w:pPr>
               <w:ind w:hanging="6"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="165E0D8E">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
-              <w:t>[</w:t>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text34"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput>
+                    <w:default w:val="[vārds, uzvārds]*"/>
+                  </w:textInput>
+                </w:ffData>
+              </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="165E0D8E">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="165E0D8E">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
-              <w:t>]</w:t>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="613E06FD" w:rsidRPr="165E0D8E">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
-              <w:t>*</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>[vārds, uzvārds]*</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7650"/>
       </w:tblGrid>
       <w:tr w:rsidR="165E0D8E" w14:paraId="734F2C0C" w14:textId="77777777" w:rsidTr="165E0D8E">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:bookmarkEnd w:id="2"/>
+          <w:bookmarkEnd w:id="33"/>
           <w:p w14:paraId="09545F61" w14:textId="354316A3" w:rsidR="165E0D8E" w:rsidRDefault="165E0D8E" w:rsidP="00955E6B">
             <w:pPr>
               <w:spacing w:before="120" w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="165E0D8E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="242424"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>*parakstīts ar drošu elektronisko parakstu un satur laika zīmogu</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="10C8EBE7" w14:textId="05A42ABE" w:rsidR="00E04D67" w:rsidRPr="0094479E" w:rsidRDefault="00E04D67" w:rsidP="00955E6B"/>
     <w:sectPr w:rsidR="00E04D67" w:rsidRPr="0094479E" w:rsidSect="00955E6B">
       <w:footerReference w:type="default" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="567D61A9" w14:textId="77777777" w:rsidR="00161EF7" w:rsidRDefault="00161EF7" w:rsidP="00BA651F">
+    <w:p w14:paraId="59016DEE" w14:textId="77777777" w:rsidR="00BF3FF3" w:rsidRDefault="00BF3FF3" w:rsidP="00BA651F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7C84DC63" w14:textId="77777777" w:rsidR="00161EF7" w:rsidRDefault="00161EF7" w:rsidP="00BA651F">
+    <w:p w14:paraId="741E2B2A" w14:textId="77777777" w:rsidR="00BF3FF3" w:rsidRDefault="00BF3FF3" w:rsidP="00BA651F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="11B13FD3" w14:textId="77777777" w:rsidR="00161EF7" w:rsidRDefault="00161EF7">
+    <w:p w14:paraId="53B1AE0C" w14:textId="77777777" w:rsidR="00BF3FF3" w:rsidRDefault="00BF3FF3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
@@ -8501,71 +10822,71 @@
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="1832AB72" w14:textId="77777777" w:rsidR="00BA651F" w:rsidRDefault="00BA651F">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0E251389" w14:textId="77777777" w:rsidR="00161EF7" w:rsidRDefault="00161EF7" w:rsidP="00BA651F">
+    <w:p w14:paraId="0C549E65" w14:textId="77777777" w:rsidR="00BF3FF3" w:rsidRDefault="00BF3FF3" w:rsidP="00BA651F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0C809764" w14:textId="77777777" w:rsidR="00161EF7" w:rsidRDefault="00161EF7" w:rsidP="00BA651F">
+    <w:p w14:paraId="20771EDF" w14:textId="77777777" w:rsidR="00BF3FF3" w:rsidRDefault="00BF3FF3" w:rsidP="00BA651F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="77DFA6F0" w14:textId="77777777" w:rsidR="00161EF7" w:rsidRDefault="00161EF7">
+    <w:p w14:paraId="25FDCA31" w14:textId="77777777" w:rsidR="00BF3FF3" w:rsidRDefault="00BF3FF3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="003D5977"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="E950505C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="540" w:hanging="540"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
@@ -10090,52 +12411,53 @@
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1303542818">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1108355567">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1910269291">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="995111562">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1546409472">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="914633651">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="166"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:documentProtection w:edit="forms" w:enforcement="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00FF2B29"/>
@@ -10387,88 +12709,90 @@
     <w:rsid w:val="00436775"/>
     <w:rsid w:val="0044090C"/>
     <w:rsid w:val="0044610A"/>
     <w:rsid w:val="00454622"/>
     <w:rsid w:val="00456FEE"/>
     <w:rsid w:val="004579FF"/>
     <w:rsid w:val="00460D98"/>
     <w:rsid w:val="004620F0"/>
     <w:rsid w:val="00463DDF"/>
     <w:rsid w:val="004721C3"/>
     <w:rsid w:val="0047345D"/>
     <w:rsid w:val="00473599"/>
     <w:rsid w:val="00480BAD"/>
     <w:rsid w:val="00482017"/>
     <w:rsid w:val="004842BD"/>
     <w:rsid w:val="00485242"/>
     <w:rsid w:val="0048550F"/>
     <w:rsid w:val="0049623E"/>
     <w:rsid w:val="004A55ED"/>
     <w:rsid w:val="004A6310"/>
     <w:rsid w:val="004B0751"/>
     <w:rsid w:val="004B4F03"/>
     <w:rsid w:val="004B4F18"/>
     <w:rsid w:val="004B6301"/>
     <w:rsid w:val="004C30DB"/>
+    <w:rsid w:val="004C42B8"/>
     <w:rsid w:val="004C4B03"/>
     <w:rsid w:val="004C5EBF"/>
     <w:rsid w:val="004D0607"/>
     <w:rsid w:val="004D3D2A"/>
     <w:rsid w:val="004D410E"/>
     <w:rsid w:val="004D4F27"/>
     <w:rsid w:val="004D56FB"/>
     <w:rsid w:val="004D7BD3"/>
     <w:rsid w:val="004E1572"/>
     <w:rsid w:val="004E3848"/>
     <w:rsid w:val="004E3B4C"/>
     <w:rsid w:val="004F180F"/>
     <w:rsid w:val="004F18D9"/>
     <w:rsid w:val="004F401F"/>
     <w:rsid w:val="004F4066"/>
     <w:rsid w:val="004F4997"/>
     <w:rsid w:val="004F5545"/>
     <w:rsid w:val="004F733F"/>
     <w:rsid w:val="00502CE2"/>
     <w:rsid w:val="00504D29"/>
     <w:rsid w:val="00507B8F"/>
     <w:rsid w:val="00512E6A"/>
     <w:rsid w:val="00514B5A"/>
     <w:rsid w:val="00520B36"/>
     <w:rsid w:val="00521A78"/>
     <w:rsid w:val="00535DD9"/>
     <w:rsid w:val="00543A55"/>
     <w:rsid w:val="00543E6C"/>
     <w:rsid w:val="0054647B"/>
     <w:rsid w:val="00552038"/>
     <w:rsid w:val="00554353"/>
     <w:rsid w:val="005549B6"/>
     <w:rsid w:val="005570FD"/>
     <w:rsid w:val="00560863"/>
     <w:rsid w:val="0056219D"/>
     <w:rsid w:val="00563D6F"/>
     <w:rsid w:val="005710B5"/>
     <w:rsid w:val="00571483"/>
+    <w:rsid w:val="005718E2"/>
     <w:rsid w:val="005756F1"/>
     <w:rsid w:val="0058188C"/>
     <w:rsid w:val="00582656"/>
     <w:rsid w:val="00582CE0"/>
     <w:rsid w:val="00584F50"/>
     <w:rsid w:val="0058553F"/>
     <w:rsid w:val="00586C23"/>
     <w:rsid w:val="00587D6E"/>
     <w:rsid w:val="00593A71"/>
     <w:rsid w:val="00593D47"/>
     <w:rsid w:val="005A0CFF"/>
     <w:rsid w:val="005A2577"/>
     <w:rsid w:val="005A4D7D"/>
     <w:rsid w:val="005A5525"/>
     <w:rsid w:val="005A7D5E"/>
     <w:rsid w:val="005B2261"/>
     <w:rsid w:val="005B4623"/>
     <w:rsid w:val="005B4BC1"/>
     <w:rsid w:val="005B7F55"/>
     <w:rsid w:val="005C10B2"/>
     <w:rsid w:val="005C2F36"/>
     <w:rsid w:val="005C2F78"/>
     <w:rsid w:val="005C5038"/>
     <w:rsid w:val="005C521A"/>
     <w:rsid w:val="005C60AB"/>
@@ -10822,67 +13146,69 @@
     <w:rsid w:val="00B923A8"/>
     <w:rsid w:val="00B9382B"/>
     <w:rsid w:val="00B96C92"/>
     <w:rsid w:val="00BA1357"/>
     <w:rsid w:val="00BA5458"/>
     <w:rsid w:val="00BA651F"/>
     <w:rsid w:val="00BA714F"/>
     <w:rsid w:val="00BB38CB"/>
     <w:rsid w:val="00BB424A"/>
     <w:rsid w:val="00BB4B7D"/>
     <w:rsid w:val="00BB537E"/>
     <w:rsid w:val="00BB7FDF"/>
     <w:rsid w:val="00BC57A6"/>
     <w:rsid w:val="00BC6FD4"/>
     <w:rsid w:val="00BC7783"/>
     <w:rsid w:val="00BD0C2B"/>
     <w:rsid w:val="00BD23C2"/>
     <w:rsid w:val="00BD4FC7"/>
     <w:rsid w:val="00BD67FB"/>
     <w:rsid w:val="00BE240D"/>
     <w:rsid w:val="00BE54B0"/>
     <w:rsid w:val="00BE6794"/>
     <w:rsid w:val="00BE6F23"/>
     <w:rsid w:val="00BE7022"/>
     <w:rsid w:val="00BF3677"/>
+    <w:rsid w:val="00BF3FF3"/>
     <w:rsid w:val="00BF443D"/>
     <w:rsid w:val="00BF6BDE"/>
     <w:rsid w:val="00C00382"/>
     <w:rsid w:val="00C0233B"/>
     <w:rsid w:val="00C064F9"/>
     <w:rsid w:val="00C07F8D"/>
     <w:rsid w:val="00C10E04"/>
     <w:rsid w:val="00C1101C"/>
     <w:rsid w:val="00C1214A"/>
     <w:rsid w:val="00C13A67"/>
     <w:rsid w:val="00C159D9"/>
     <w:rsid w:val="00C15EF4"/>
     <w:rsid w:val="00C16BC0"/>
     <w:rsid w:val="00C22378"/>
     <w:rsid w:val="00C270B5"/>
     <w:rsid w:val="00C27EE1"/>
     <w:rsid w:val="00C31088"/>
+    <w:rsid w:val="00C34542"/>
     <w:rsid w:val="00C36677"/>
     <w:rsid w:val="00C40888"/>
     <w:rsid w:val="00C444A5"/>
     <w:rsid w:val="00C44C53"/>
     <w:rsid w:val="00C52E1E"/>
     <w:rsid w:val="00C53BBB"/>
     <w:rsid w:val="00C63612"/>
     <w:rsid w:val="00C63BAC"/>
     <w:rsid w:val="00C6413D"/>
     <w:rsid w:val="00C708CB"/>
     <w:rsid w:val="00C726B0"/>
     <w:rsid w:val="00C73030"/>
     <w:rsid w:val="00C73F93"/>
     <w:rsid w:val="00C7577C"/>
     <w:rsid w:val="00C76450"/>
     <w:rsid w:val="00C8275B"/>
     <w:rsid w:val="00C91D2B"/>
     <w:rsid w:val="00C94352"/>
     <w:rsid w:val="00C94AD7"/>
     <w:rsid w:val="00C9553C"/>
     <w:rsid w:val="00C9565A"/>
     <w:rsid w:val="00CA1635"/>
     <w:rsid w:val="00CA2EB0"/>
     <w:rsid w:val="00CB2455"/>
     <w:rsid w:val="00CB5BDD"/>
@@ -10935,50 +13261,51 @@
     <w:rsid w:val="00D71ED3"/>
     <w:rsid w:val="00D73006"/>
     <w:rsid w:val="00D75EFE"/>
     <w:rsid w:val="00D76AA8"/>
     <w:rsid w:val="00D8002C"/>
     <w:rsid w:val="00D814FA"/>
     <w:rsid w:val="00D849B9"/>
     <w:rsid w:val="00D8667E"/>
     <w:rsid w:val="00D9029D"/>
     <w:rsid w:val="00D930D6"/>
     <w:rsid w:val="00D93416"/>
     <w:rsid w:val="00D93640"/>
     <w:rsid w:val="00DA0721"/>
     <w:rsid w:val="00DA08FB"/>
     <w:rsid w:val="00DA5C3D"/>
     <w:rsid w:val="00DA6394"/>
     <w:rsid w:val="00DB0881"/>
     <w:rsid w:val="00DC3552"/>
     <w:rsid w:val="00DC3789"/>
     <w:rsid w:val="00DC44EF"/>
     <w:rsid w:val="00DC5252"/>
     <w:rsid w:val="00DC6BFD"/>
     <w:rsid w:val="00DC7BAC"/>
     <w:rsid w:val="00DD3289"/>
     <w:rsid w:val="00DE2290"/>
+    <w:rsid w:val="00DE30D0"/>
     <w:rsid w:val="00DE7292"/>
     <w:rsid w:val="00DF2008"/>
     <w:rsid w:val="00DF2B13"/>
     <w:rsid w:val="00E03A31"/>
     <w:rsid w:val="00E03FDA"/>
     <w:rsid w:val="00E048AD"/>
     <w:rsid w:val="00E04D67"/>
     <w:rsid w:val="00E06B3F"/>
     <w:rsid w:val="00E17BF8"/>
     <w:rsid w:val="00E205DA"/>
     <w:rsid w:val="00E213B3"/>
     <w:rsid w:val="00E216D5"/>
     <w:rsid w:val="00E27BE8"/>
     <w:rsid w:val="00E357BF"/>
     <w:rsid w:val="00E35B7C"/>
     <w:rsid w:val="00E42580"/>
     <w:rsid w:val="00E42EA5"/>
     <w:rsid w:val="00E43E67"/>
     <w:rsid w:val="00E44202"/>
     <w:rsid w:val="00E44867"/>
     <w:rsid w:val="00E50B03"/>
     <w:rsid w:val="00E611BD"/>
     <w:rsid w:val="00E62B2C"/>
     <w:rsid w:val="00E652D9"/>
     <w:rsid w:val="00E67B25"/>
@@ -10987,50 +13314,51 @@
     <w:rsid w:val="00E808EB"/>
     <w:rsid w:val="00E80AA8"/>
     <w:rsid w:val="00E80BD4"/>
     <w:rsid w:val="00E80D33"/>
     <w:rsid w:val="00E81AF9"/>
     <w:rsid w:val="00E8357C"/>
     <w:rsid w:val="00E86AC8"/>
     <w:rsid w:val="00E908E6"/>
     <w:rsid w:val="00E90BFC"/>
     <w:rsid w:val="00E94F86"/>
     <w:rsid w:val="00E97F81"/>
     <w:rsid w:val="00EA1CE9"/>
     <w:rsid w:val="00EA2CE5"/>
     <w:rsid w:val="00EA4EBB"/>
     <w:rsid w:val="00EB4AED"/>
     <w:rsid w:val="00EB5289"/>
     <w:rsid w:val="00EB5932"/>
     <w:rsid w:val="00EB7974"/>
     <w:rsid w:val="00EC058A"/>
     <w:rsid w:val="00EC5BF6"/>
     <w:rsid w:val="00ED1E8D"/>
     <w:rsid w:val="00ED2413"/>
     <w:rsid w:val="00ED55B4"/>
     <w:rsid w:val="00ED67D3"/>
     <w:rsid w:val="00ED68BF"/>
+    <w:rsid w:val="00EE00D3"/>
     <w:rsid w:val="00EE24A3"/>
     <w:rsid w:val="00EE35B3"/>
     <w:rsid w:val="00EF7C2F"/>
     <w:rsid w:val="00EF7F76"/>
     <w:rsid w:val="00F0018B"/>
     <w:rsid w:val="00F040B3"/>
     <w:rsid w:val="00F04B94"/>
     <w:rsid w:val="00F05D6F"/>
     <w:rsid w:val="00F06B54"/>
     <w:rsid w:val="00F073F9"/>
     <w:rsid w:val="00F11BED"/>
     <w:rsid w:val="00F11C8B"/>
     <w:rsid w:val="00F12700"/>
     <w:rsid w:val="00F14C66"/>
     <w:rsid w:val="00F16C9D"/>
     <w:rsid w:val="00F305EF"/>
     <w:rsid w:val="00F30DC0"/>
     <w:rsid w:val="00F351EC"/>
     <w:rsid w:val="00F4366E"/>
     <w:rsid w:val="00F45A69"/>
     <w:rsid w:val="00F475EB"/>
     <w:rsid w:val="00F550A0"/>
     <w:rsid w:val="00F61E99"/>
     <w:rsid w:val="00F626E7"/>
     <w:rsid w:val="00F62853"/>
@@ -11593,59 +13921,58 @@
     <w:rsid w:val="7ECB5060"/>
     <w:rsid w:val="7EE95A6E"/>
     <w:rsid w:val="7F6C9237"/>
     <w:rsid w:val="7F73B64A"/>
     <w:rsid w:val="7F933FCE"/>
     <w:rsid w:val="7FADA896"/>
     <w:rsid w:val="7FB2AEB4"/>
     <w:rsid w:val="7FD63FC0"/>
     <w:rsid w:val="7FED6EBD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:smartTagType w:namespaceuri="schemas-tilde-lv/tildestengine" w:name="veidnes"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
-  <w:listSeparator w:val=";"/>
+  <w:listSeparator w:val=","/>
   <w14:docId w14:val="1569F0A7"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{943F7BA8-611C-4F98-A00A-64032DEC5771}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lv-LV" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
@@ -13167,87 +15494,102 @@
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="6adcef3d-66e4-4441-b622-2181f76b34ed">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="ec04e77d-702b-4270-bfd8-12ec561e14fa" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0FE999E1-FBA6-49DA-A022-7098FC6A7ADB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{01D73C75-4073-40B6-8657-36D43C1A3BE2}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{01D73C75-4073-40B6-8657-36D43C1A3BE2}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="6adcef3d-66e4-4441-b622-2181f76b34ed"/>
+    <ds:schemaRef ds:uri="ec04e77d-702b-4270-bfd8-12ec561e14fa"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{30B0B0DB-EA24-4830-B113-4A94E1B3BD25}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7042D4A3-F77D-40F2-8B16-3F0C30013DD4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="6adcef3d-66e4-4441-b622-2181f76b34ed"/>
     <ds:schemaRef ds:uri="ec04e77d-702b-4270-bfd8-12ec561e14fa"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>13151</Words>
-  <Characters>7497</Characters>
+  <Words>2318</Words>
+  <Characters>18944</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>62</Lines>
-  <Paragraphs>41</Paragraphs>
+  <Lines>2104</Lines>
+  <Paragraphs>518</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>VIAA</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>20607</CharactersWithSpaces>
+  <CharactersWithSpaces>20744</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="12" baseType="variant">
       <vt:variant>
         <vt:i4>6619187</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.lzp.gov.lv/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>6619187</vt:i4>
       </vt:variant>
       <vt:variant>