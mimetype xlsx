--- v0 (2026-01-09)
+++ v1 (2026-03-11)
@@ -7,113 +7,113 @@
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28623"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="10302"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\ZINDEP\NKP\1.1.1.5_nolikumi\1.1.1.5.SAMP-17.5.6-aktivitates-NordForsk-kartiba\2025.04.14_Nosutamais-IZM\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/elinagulbe/Downloads/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B45F8DC1-2A72-4B98-B65A-6DA5B5D6107F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D012EC08-E65D-9141-A7A1-7A61E0425ACA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="2640" yWindow="2640" windowWidth="28800" windowHeight="15345" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="600" yWindow="1820" windowWidth="28800" windowHeight="15340" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="1_lapa" sheetId="4" r:id="rId1"/>
     <sheet name="2_lapa" sheetId="3" r:id="rId2"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId3"/>
   </externalReferences>
   <definedNames>
     <definedName name="iesniegts">'[1]drop down'!$C$1:$C$2</definedName>
     <definedName name="MP">'[1]drop down'!$A$1:$A$2</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'1_lapa'!$A$1:$F$37</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'2_lapa'!$A$1:$M$54</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="I12" i="3" l="1"/>
   <c r="I16" i="3"/>
   <c r="I20" i="3"/>
   <c r="K20" i="3"/>
   <c r="I24" i="3"/>
   <c r="K24" i="3"/>
   <c r="I28" i="3"/>
   <c r="K28" i="3"/>
   <c r="K32" i="3"/>
   <c r="J34" i="3"/>
-  <c r="K34" i="3"/>
-  <c r="J37" i="3"/>
+  <c r="J37" i="3" s="1"/>
   <c r="J39" i="3" s="1"/>
   <c r="K39" i="3"/>
   <c r="D31" i="4"/>
   <c r="D32" i="4"/>
-  <c r="D27" i="4" l="1"/>
+  <c r="K34" i="3" l="1"/>
+  <c r="D27" i="4"/>
   <c r="B23" i="4"/>
   <c r="D28" i="4" l="1"/>
   <c r="D30" i="4" l="1"/>
   <c r="D29" i="4"/>
   <c r="D33" i="4" l="1"/>
   <c r="D34" i="4" l="1"/>
   <c r="D35" i="4"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="94" uniqueCount="85">
   <si>
     <t>4. pielikums 
 Iekšējiem noteikumiem “Kārtība, kādā Latvijas Zinātnes padome kā Eiropas Reģionālā attīstības fonda Eiropas Savienības kohēzijas politikas programmas 2021.–2027. gadam 1.1.1. specifiskā atbalsta mērķa “Pētniecības un inovāciju kapacitātes stiprināšana un progresīvu tehnoloģiju ieviešana kopējā P&amp;A sistēmā” 1.1.1.5. pasākuma “Latvijas pilnvērtīga dalība Apvārsnis Eiropa programmā, tajā skaitā nodrošinot kompleksu atbalsta instrumentu klāstu un sasaisti ar RIS3 specializācijas jomu attīstīšanu” īstenotāja slēdz līgumus ar NordForsk programmas  ietvaros atbalstītu projektu Latvijas partneriem un nodrošina līguma izpildes uzraudzību”
 Latvijas Zinātnes Padomes
 20___. gada __. ____ rīkojumam Nr._____
 __.pielikums</t>
   </si>
   <si>
     <t>Maksājuma pieprasījums</t>
   </si>
   <si>
     <t>Rīgā,
 20___.gada ____.__________</t>
@@ -1112,637 +1112,755 @@
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="187">
+  <cellXfs count="195">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="4" fontId="6" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-[...22 lines deleted...]
-    </xf>
     <xf numFmtId="4" fontId="6" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...16 lines deleted...]
-    </xf>
     <xf numFmtId="4" fontId="6" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="4" fontId="3" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="4" fontId="3" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-[...25 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="2" borderId="8" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="2" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="1" fontId="6" fillId="0" borderId="12" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="17" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="2" fontId="6" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="18" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="2" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="2" fontId="6" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="2" fontId="3" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="4" fontId="3" fillId="0" borderId="7" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="14" fontId="3" fillId="0" borderId="7" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="19" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="2" fontId="3" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="2" fontId="1" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="2" fontId="3" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="2" fontId="6" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="1" fontId="6" fillId="0" borderId="14" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="2" fontId="3" fillId="2" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...12 lines deleted...]
-    </xf>
     <xf numFmtId="2" fontId="3" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="2" fontId="6" fillId="0" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="2" fontId="3" fillId="0" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="2" fontId="3" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="2" fontId="3" fillId="0" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="4" fontId="6" fillId="0" borderId="21" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="4" fontId="3" fillId="0" borderId="16" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="14" fontId="3" fillId="0" borderId="16" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="2" fontId="3" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="2" fontId="3" fillId="0" borderId="27" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="2" fontId="3" fillId="0" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="3" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="2" fontId="3" fillId="2" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="18" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1"/>
-[...8 lines deleted...]
-    </xf>
     <xf numFmtId="2" fontId="3" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="2" fontId="6" fillId="0" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="2" fontId="3" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="2" fontId="3" fillId="0" borderId="16" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="2" fontId="3" fillId="0" borderId="7" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="2" fontId="6" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-[...10 lines deleted...]
-    </xf>
     <xf numFmtId="2" fontId="6" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="2" fontId="6" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="2" fontId="3" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-[...32 lines deleted...]
-    </xf>
     <xf numFmtId="2" fontId="18" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="2" fontId="2" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="2" fontId="2" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="2" fontId="2" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...95 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="15" fillId="2" borderId="11" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="2" borderId="31" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="2" borderId="2" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="2" borderId="30" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="2" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="2" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="30" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="35" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="2" borderId="33" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...10 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="11" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="31" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="1" fontId="6" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="2" fontId="2" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="2" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="1" fontId="6" fillId="0" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="2" fontId="3" fillId="2" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="2" fontId="3" fillId="2" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="4" fontId="6" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="4" fontId="6" fillId="0" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="4" fontId="6" fillId="0" borderId="42" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="2" fontId="1" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="2" fontId="1" fillId="2" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="2" fontId="3" fillId="2" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="2" fontId="6" fillId="0" borderId="12" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="2" fontId="6" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="2" fontId="1" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="2" fontId="6" fillId="0" borderId="12" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="2" fontId="6" fillId="0" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="2" fontId="6" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="4" fontId="6" fillId="0" borderId="39" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="4" fontId="6" fillId="0" borderId="40" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="4" fontId="6" fillId="0" borderId="41" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="2" fontId="6" fillId="0" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="2" fontId="6" fillId="0" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="4" fontId="6" fillId="0" borderId="21" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="4" fontId="3" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="2" fontId="6" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="2" fontId="6" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="2" fontId="6" fillId="0" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="4" fontId="6" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="2" fontId="6" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="2" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="4" fontId="6" fillId="0" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="2" fontId="6" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="4" fontId="6" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
-    </xf>
-    <xf numFmtId="1" fontId="6" fillId="0" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="2" fontId="6" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
-    </xf>
-    <xf numFmtId="4" fontId="3" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="4" fontId="6" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="4" fontId="6" fillId="0" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="4" fontId="6" fillId="0" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="4" fontId="6" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="2" fontId="6" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="2" fontId="6" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="2" fontId="1" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="2" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="4" fontId="8" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="4" fontId="3" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="4" fontId="3" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="2" fontId="3" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="2" fontId="6" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="4" fontId="6" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" wrapText="1"/>
-    </xf>
-    <xf numFmtId="4" fontId="6" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="2" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="2" fontId="3" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="4" fontId="3" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="4" fontId="3" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="4" fontId="13" fillId="0" borderId="10" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="2" fontId="3" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="2" fontId="3" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="4" fontId="13" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="4" fontId="14" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="2" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="36" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="37" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="38" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="17" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="2" borderId="33" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="32" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="2" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="15" fillId="2" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="15" fillId="2" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="2" borderId="34" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="6" fillId="0" borderId="13" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="6" fillId="0" borderId="12" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="12" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="20" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="6" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="6" fillId="0" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="6" fillId="0" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="3" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="3" fillId="0" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="3" fillId="0" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="3" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="3" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="6" fillId="0" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...15 lines deleted...]
-      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    <xf numFmtId="4" fontId="13" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="3" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="3" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1"/>
+    <xf numFmtId="4" fontId="6" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="6" fillId="0" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="6" fillId="0" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Hyperlink_Strukturf. pieprasijuma 5.dala (CFLA variants)" xfId="2" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal_Strukturf. pieprasijuma 5.dala (CFLA variants)" xfId="1" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
   </cellStyles>
   <dxfs count="3">
     <dxf>
       <fill>
         <patternFill>
           <bgColor indexed="53"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor indexed="53"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
@@ -1754,51 +1872,51 @@
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/vmlDrawing1.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/vmlDrawing2.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///C:\Ilze\Pielikumi_Ieks_kartibas_noteikumu_projektam\3_pielikums_no_MP_veidlapa_ERAF.xlsx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///C:/Ilze/Pielikumi_Ieks_kartibas_noteikumu_projektam/3_pielikums_no_MP_veidlapa_ERAF.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/externalLink1.xml><?xml version="1.0" encoding="utf-8"?>
 <externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <sheetNames>
       <sheetName val="vispār.dati (A 1-2)"/>
       <sheetName val="īstenošana (B 3.1.)"/>
       <sheetName val="īstenošana (B 3.2.)"/>
       <sheetName val="publicitāte (B 4)"/>
       <sheetName val="līgumi (B 5.1.)"/>
       <sheetName val="līgumi (B 5.2.)"/>
       <sheetName val="līgumi (B 6)"/>
       <sheetName val="rādītāji (ERAF_KF) (B 7.3.)"/>
       <sheetName val="rādītāji (ERAF_KF) (B 7.4.)"/>
       <sheetName val="mērķi (B 7.5.)"/>
       <sheetName val="ERAF_KF galasaņēmēji (B 7.6.)"/>
       <sheetName val="rēķini (C 8.1.)"/>
       <sheetName val="rēķini (C 8.2.-8.4.)"/>
       <sheetName val="attiecināmie izd. (C 9)"/>
       <sheetName val="pamatlīdzekļi (C 10)"/>
       <sheetName val="HP (ERAF) (D 11)"/>
       <sheetName val="apliecinājums (13)"/>
       <sheetName val="drop down"/>
     </sheetNames>
@@ -2080,1480 +2198,1486 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:L37"/>
   <sheetViews>
-    <sheetView tabSelected="1" view="pageBreakPreview" topLeftCell="A15" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" zoomScalePageLayoutView="115" workbookViewId="0">
-      <selection activeCell="H7" sqref="H7"/>
+    <sheetView tabSelected="1" view="pageBreakPreview" zoomScale="238" zoomScaleNormal="100" zoomScaleSheetLayoutView="238" zoomScalePageLayoutView="115" workbookViewId="0">
+      <selection activeCell="B27" sqref="B27:C27"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="42.7109375" style="11" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="6" max="6" width="2.5703125" customWidth="1"/>
+    <col min="1" max="1" width="42.6640625" style="77" customWidth="1"/>
+    <col min="2" max="2" width="8.83203125" style="74"/>
+    <col min="3" max="3" width="7.6640625" style="74" customWidth="1"/>
+    <col min="4" max="4" width="8.83203125" style="74"/>
+    <col min="5" max="5" width="9.6640625" style="74" customWidth="1"/>
+    <col min="6" max="6" width="2.5" style="74" customWidth="1"/>
+    <col min="7" max="16384" width="8.83203125" style="74"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" ht="230.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="140" t="s">
+    <row r="1" spans="1:6" ht="230.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1" s="66" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="140"/>
-[...5 lines deleted...]
-      <c r="A2" s="141" t="s">
+      <c r="B1" s="66"/>
+      <c r="C1" s="66"/>
+      <c r="D1" s="66"/>
+      <c r="E1" s="66"/>
+    </row>
+    <row r="2" spans="1:6" ht="18" x14ac:dyDescent="0.2">
+      <c r="A2" s="75" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="141"/>
-[...6 lines deleted...]
-      <c r="A3" s="129" t="s">
+      <c r="B2" s="75"/>
+      <c r="C2" s="75"/>
+      <c r="D2" s="75"/>
+      <c r="E2" s="75"/>
+      <c r="F2" s="75"/>
+    </row>
+    <row r="3" spans="1:6" ht="30" x14ac:dyDescent="0.2">
+      <c r="A3" s="67" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="5" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A5" s="26" t="s">
+    <row r="5" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A5" s="87" t="s">
         <v>3</v>
       </c>
-      <c r="B5" s="144"/>
-[...6 lines deleted...]
-      <c r="A6" s="26" t="s">
+      <c r="B5" s="68"/>
+      <c r="C5" s="69"/>
+      <c r="D5" s="69"/>
+      <c r="E5" s="70"/>
+      <c r="F5" s="76"/>
+    </row>
+    <row r="6" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A6" s="87" t="s">
         <v>4</v>
       </c>
-      <c r="B6" s="144"/>
-[...6 lines deleted...]
-      <c r="A7" s="26" t="s">
+      <c r="B6" s="68"/>
+      <c r="C6" s="69"/>
+      <c r="D6" s="69"/>
+      <c r="E6" s="70"/>
+      <c r="F6" s="76"/>
+    </row>
+    <row r="7" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A7" s="87" t="s">
         <v>5</v>
       </c>
-      <c r="B7" s="144"/>
-[...6 lines deleted...]
-      <c r="A8" s="26" t="s">
+      <c r="B7" s="68"/>
+      <c r="C7" s="69"/>
+      <c r="D7" s="69"/>
+      <c r="E7" s="70"/>
+      <c r="F7" s="76"/>
+    </row>
+    <row r="8" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A8" s="87" t="s">
         <v>6</v>
       </c>
-      <c r="B8" s="147" t="s">
+      <c r="B8" s="71" t="s">
         <v>7</v>
       </c>
-      <c r="C8" s="148"/>
-[...5 lines deleted...]
-      <c r="A9" s="26" t="s">
+      <c r="C8" s="72"/>
+      <c r="D8" s="72"/>
+      <c r="E8" s="73"/>
+      <c r="F8" s="76"/>
+    </row>
+    <row r="9" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A9" s="87" t="s">
         <v>8</v>
       </c>
-      <c r="B9" s="144"/>
-[...7 lines deleted...]
-      <c r="A11" s="25" t="s">
+      <c r="B9" s="68"/>
+      <c r="C9" s="69"/>
+      <c r="D9" s="69"/>
+      <c r="E9" s="70"/>
+      <c r="F9" s="76"/>
+    </row>
+    <row r="10" spans="1:6" ht="9" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="11" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A11" s="88" t="s">
         <v>9</v>
       </c>
-      <c r="B11" s="144"/>
-[...6 lines deleted...]
-      <c r="A12" s="26" t="s">
+      <c r="B11" s="68"/>
+      <c r="C11" s="69"/>
+      <c r="D11" s="69"/>
+      <c r="E11" s="70"/>
+      <c r="F11" s="78"/>
+    </row>
+    <row r="12" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A12" s="87" t="s">
         <v>10</v>
       </c>
-      <c r="B12" s="144"/>
-[...6 lines deleted...]
-      <c r="A13" s="26" t="s">
+      <c r="B12" s="68"/>
+      <c r="C12" s="69"/>
+      <c r="D12" s="69"/>
+      <c r="E12" s="70"/>
+      <c r="F12" s="76"/>
+    </row>
+    <row r="13" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A13" s="87" t="s">
         <v>11</v>
       </c>
-      <c r="B13" s="132" t="s">
+      <c r="B13" s="79" t="s">
         <v>12</v>
       </c>
-      <c r="C13" s="133"/>
-[...5 lines deleted...]
-      <c r="A14" s="26" t="s">
+      <c r="C13" s="80"/>
+      <c r="D13" s="80"/>
+      <c r="E13" s="81"/>
+      <c r="F13" s="76"/>
+    </row>
+    <row r="14" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A14" s="87" t="s">
         <v>13</v>
       </c>
-      <c r="B14" s="132" t="s">
+      <c r="B14" s="79" t="s">
         <v>12</v>
       </c>
-      <c r="C14" s="133"/>
-[...5 lines deleted...]
-      <c r="A15" s="26" t="s">
+      <c r="C14" s="80"/>
+      <c r="D14" s="80"/>
+      <c r="E14" s="81"/>
+      <c r="F14" s="76"/>
+    </row>
+    <row r="15" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A15" s="87" t="s">
         <v>14</v>
       </c>
-      <c r="B15" s="137" t="s">
+      <c r="B15" s="82" t="s">
         <v>15</v>
       </c>
-      <c r="C15" s="138"/>
-[...6 lines deleted...]
-      <c r="A17" s="17" t="s">
+      <c r="C15" s="83"/>
+      <c r="D15" s="83"/>
+      <c r="E15" s="84"/>
+      <c r="F15" s="76"/>
+    </row>
+    <row r="16" spans="1:6" ht="7.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="17" spans="1:12" ht="30" x14ac:dyDescent="0.2">
+      <c r="A17" s="89" t="s">
         <v>16</v>
       </c>
-      <c r="B17" s="135" t="s">
+      <c r="B17" s="92" t="s">
         <v>17</v>
       </c>
-      <c r="C17" s="136"/>
-      <c r="L17" t="s">
+      <c r="C17" s="93"/>
+      <c r="L17" s="74" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="18" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A18" s="13" t="s">
+    <row r="18" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A18" s="90" t="s">
         <v>19</v>
       </c>
-      <c r="B18" s="130">
+      <c r="B18" s="85">
         <v>0</v>
       </c>
-      <c r="C18" s="131"/>
-[...2 lines deleted...]
-      <c r="A19" s="13" t="s">
+      <c r="C18" s="86"/>
+    </row>
+    <row r="19" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A19" s="90" t="s">
         <v>20</v>
       </c>
-      <c r="B19" s="130">
+      <c r="B19" s="85">
         <v>0</v>
       </c>
-      <c r="C19" s="131"/>
-[...2 lines deleted...]
-      <c r="A20" s="15" t="s">
+      <c r="C19" s="86"/>
+    </row>
+    <row r="20" spans="1:12" ht="16" x14ac:dyDescent="0.2">
+      <c r="A20" s="91" t="s">
         <v>21</v>
       </c>
-      <c r="B20" s="130">
+      <c r="B20" s="85">
         <v>0</v>
       </c>
-      <c r="C20" s="131"/>
-[...2 lines deleted...]
-      <c r="A21" s="15" t="s">
+      <c r="C20" s="86"/>
+    </row>
+    <row r="21" spans="1:12" ht="31" x14ac:dyDescent="0.2">
+      <c r="A21" s="91" t="s">
         <v>22</v>
       </c>
-      <c r="B21" s="130">
+      <c r="B21" s="85">
         <v>0</v>
       </c>
-      <c r="C21" s="131"/>
-[...2 lines deleted...]
-      <c r="A22" s="13" t="s">
+      <c r="C21" s="86"/>
+    </row>
+    <row r="22" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A22" s="90" t="s">
         <v>23</v>
       </c>
-      <c r="B22" s="130">
+      <c r="B22" s="85">
         <v>0</v>
       </c>
-      <c r="C22" s="131"/>
-[...2 lines deleted...]
-      <c r="A23" s="13" t="s">
+      <c r="C22" s="86"/>
+    </row>
+    <row r="23" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A23" s="90" t="s">
         <v>24</v>
       </c>
-      <c r="B23" s="130">
+      <c r="B23" s="85">
         <f>B18-B22</f>
         <v>0</v>
       </c>
-      <c r="C23" s="131"/>
-[...2 lines deleted...]
-      <c r="A24" s="13" t="s">
+      <c r="C23" s="86"/>
+    </row>
+    <row r="24" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A24" s="90" t="s">
         <v>25</v>
       </c>
-      <c r="B24" s="130">
+      <c r="B24" s="85">
         <v>0</v>
       </c>
-      <c r="C24" s="131"/>
-[...5 lines deleted...]
-      <c r="A26" s="14" t="s">
+      <c r="C24" s="86"/>
+    </row>
+    <row r="25" spans="1:12" ht="7.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A25" s="78"/>
+    </row>
+    <row r="26" spans="1:12" ht="54" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A26" s="94" t="s">
         <v>26</v>
       </c>
-      <c r="B26" s="142" t="s">
+      <c r="B26" s="95" t="s">
         <v>27</v>
       </c>
-      <c r="C26" s="143"/>
-      <c r="D26" s="142" t="s">
+      <c r="C26" s="96"/>
+      <c r="D26" s="95" t="s">
         <v>28</v>
       </c>
-      <c r="E26" s="143"/>
-[...2 lines deleted...]
-      <c r="A27" s="13" t="s">
+      <c r="E26" s="96"/>
+    </row>
+    <row r="27" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A27" s="90" t="s">
         <v>29</v>
       </c>
-      <c r="B27" s="130"/>
-[...1 lines deleted...]
-      <c r="D27" s="130">
+      <c r="B27" s="85"/>
+      <c r="C27" s="86"/>
+      <c r="D27" s="85">
         <f>'2_lapa'!J34</f>
         <v>0</v>
       </c>
-      <c r="E27" s="131"/>
-[...2 lines deleted...]
-      <c r="A28" s="13" t="s">
+      <c r="E27" s="86"/>
+    </row>
+    <row r="28" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A28" s="90" t="s">
         <v>30</v>
       </c>
-      <c r="B28" s="130"/>
-[...1 lines deleted...]
-      <c r="D28" s="130">
+      <c r="B28" s="85"/>
+      <c r="C28" s="86"/>
+      <c r="D28" s="85">
         <f>'2_lapa'!J12</f>
         <v>0</v>
       </c>
-      <c r="E28" s="131"/>
-[...2 lines deleted...]
-      <c r="A29" s="13" t="s">
+      <c r="E28" s="86"/>
+    </row>
+    <row r="29" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A29" s="90" t="s">
         <v>31</v>
       </c>
-      <c r="B29" s="130"/>
-[...1 lines deleted...]
-      <c r="D29" s="130">
+      <c r="B29" s="85"/>
+      <c r="C29" s="86"/>
+      <c r="D29" s="85">
         <f>'2_lapa'!J16</f>
         <v>0</v>
       </c>
-      <c r="E29" s="131"/>
-[...2 lines deleted...]
-      <c r="A30" s="13" t="s">
+      <c r="E29" s="86"/>
+    </row>
+    <row r="30" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A30" s="90" t="s">
         <v>32</v>
       </c>
-      <c r="B30" s="130"/>
-[...1 lines deleted...]
-      <c r="D30" s="130">
+      <c r="B30" s="85"/>
+      <c r="C30" s="86"/>
+      <c r="D30" s="85">
         <f>'2_lapa'!J20</f>
         <v>0</v>
       </c>
-      <c r="E30" s="131"/>
-[...2 lines deleted...]
-      <c r="A31" s="15" t="s">
+      <c r="E30" s="86"/>
+    </row>
+    <row r="31" spans="1:12" ht="31" x14ac:dyDescent="0.2">
+      <c r="A31" s="91" t="s">
         <v>33</v>
       </c>
-      <c r="B31" s="130"/>
-[...1 lines deleted...]
-      <c r="D31" s="130">
+      <c r="B31" s="85"/>
+      <c r="C31" s="86"/>
+      <c r="D31" s="85">
         <f>'2_lapa'!J24</f>
         <v>0</v>
       </c>
-      <c r="E31" s="131"/>
-[...2 lines deleted...]
-      <c r="A32" s="13" t="s">
+      <c r="E31" s="86"/>
+    </row>
+    <row r="32" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A32" s="90" t="s">
         <v>34</v>
       </c>
-      <c r="B32" s="130"/>
-[...1 lines deleted...]
-      <c r="D32" s="130">
+      <c r="B32" s="85"/>
+      <c r="C32" s="86"/>
+      <c r="D32" s="85">
         <f>'2_lapa'!J28</f>
         <v>0</v>
       </c>
-      <c r="E32" s="131"/>
-[...2 lines deleted...]
-      <c r="A33" s="13" t="s">
+      <c r="E32" s="86"/>
+    </row>
+    <row r="33" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A33" s="90" t="s">
         <v>35</v>
       </c>
-      <c r="B33" s="130"/>
-[...1 lines deleted...]
-      <c r="D33" s="130">
+      <c r="B33" s="85"/>
+      <c r="C33" s="86"/>
+      <c r="D33" s="85">
         <f>'2_lapa'!J32</f>
         <v>0</v>
       </c>
-      <c r="E33" s="131"/>
-[...2 lines deleted...]
-      <c r="A34" s="13" t="s">
+      <c r="E33" s="86"/>
+    </row>
+    <row r="34" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A34" s="90" t="s">
         <v>36</v>
       </c>
-      <c r="B34" s="130"/>
-[...1 lines deleted...]
-      <c r="D34" s="130">
+      <c r="B34" s="85"/>
+      <c r="C34" s="86"/>
+      <c r="D34" s="85">
         <f>'2_lapa'!J37</f>
         <v>0</v>
       </c>
-      <c r="E34" s="131"/>
-[...2 lines deleted...]
-      <c r="A35" s="13" t="s">
+      <c r="E34" s="86"/>
+    </row>
+    <row r="35" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A35" s="90" t="s">
         <v>37</v>
       </c>
-      <c r="B35" s="130"/>
-[...1 lines deleted...]
-      <c r="D35" s="130">
+      <c r="B35" s="85"/>
+      <c r="C35" s="86"/>
+      <c r="D35" s="85">
         <f>'2_lapa'!J39</f>
         <v>0</v>
       </c>
-      <c r="E35" s="131"/>
-[...11 lines deleted...]
-      <c r="E37" s="11"/>
+      <c r="E35" s="86"/>
+    </row>
+    <row r="36" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="B36" s="77"/>
+      <c r="C36" s="77"/>
+      <c r="D36" s="77"/>
+      <c r="E36" s="77"/>
+    </row>
+    <row r="37" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="B37" s="77"/>
+      <c r="C37" s="77"/>
+      <c r="D37" s="77"/>
+      <c r="E37" s="77"/>
     </row>
   </sheetData>
+  <sheetProtection sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
   <mergeCells count="40">
+    <mergeCell ref="D34:E34"/>
+    <mergeCell ref="D35:E35"/>
+    <mergeCell ref="B33:C33"/>
+    <mergeCell ref="B34:C34"/>
+    <mergeCell ref="B35:C35"/>
+    <mergeCell ref="D33:E33"/>
+    <mergeCell ref="D31:E31"/>
+    <mergeCell ref="B31:C31"/>
+    <mergeCell ref="B28:C28"/>
+    <mergeCell ref="B29:C29"/>
+    <mergeCell ref="D32:E32"/>
+    <mergeCell ref="B32:C32"/>
+    <mergeCell ref="D29:E29"/>
+    <mergeCell ref="D30:E30"/>
+    <mergeCell ref="B30:C30"/>
+    <mergeCell ref="B13:E13"/>
+    <mergeCell ref="B14:E14"/>
+    <mergeCell ref="B17:C17"/>
+    <mergeCell ref="D27:E27"/>
+    <mergeCell ref="D28:E28"/>
+    <mergeCell ref="B15:E15"/>
+    <mergeCell ref="B24:C24"/>
+    <mergeCell ref="B19:C19"/>
+    <mergeCell ref="B20:C20"/>
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:F2"/>
     <mergeCell ref="B27:C27"/>
     <mergeCell ref="B26:C26"/>
     <mergeCell ref="D26:E26"/>
     <mergeCell ref="B21:C21"/>
     <mergeCell ref="B22:C22"/>
     <mergeCell ref="B23:C23"/>
     <mergeCell ref="B18:C18"/>
     <mergeCell ref="B11:E11"/>
     <mergeCell ref="B12:E12"/>
     <mergeCell ref="B8:E8"/>
     <mergeCell ref="B5:E5"/>
     <mergeCell ref="B6:E6"/>
     <mergeCell ref="B7:E7"/>
     <mergeCell ref="B9:E9"/>
-    <mergeCell ref="B13:E13"/>
-[...22 lines deleted...]
-    <mergeCell ref="D33:E33"/>
   </mergeCells>
   <pageMargins left="1.1811023622047245" right="0.78740157480314965" top="1.9685039370078741" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" scale="76" orientation="portrait" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="81" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;10&amp;G
 Projekts Nr.1.1.1.5/1/24/I/001 Atbalsts Latvijas dalībai starptautiskās pētniecības un inovācijas programmās</oddHeader>
   </headerFooter>
   <legacyDrawingHF r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:M53"/>
   <sheetViews>
-    <sheetView view="pageBreakPreview" topLeftCell="A6" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" zoomScalePageLayoutView="84" workbookViewId="0">
-      <selection activeCell="A8" sqref="A8:L8"/>
+    <sheetView view="pageBreakPreview" topLeftCell="A16" zoomScale="162" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" zoomScalePageLayoutView="84" workbookViewId="0">
+      <selection activeCell="A19" sqref="A19:XFD19"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="9.1640625" defaultRowHeight="14" x14ac:dyDescent="0.15"/>
   <cols>
-    <col min="1" max="1" width="7.85546875" style="11" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="13" max="16384" width="9.140625" style="11"/>
+    <col min="1" max="1" width="7.83203125" style="77" customWidth="1"/>
+    <col min="2" max="2" width="14.1640625" style="77" customWidth="1"/>
+    <col min="3" max="3" width="19.6640625" style="77" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="12.6640625" style="77" customWidth="1"/>
+    <col min="5" max="5" width="12.1640625" style="77" customWidth="1"/>
+    <col min="6" max="6" width="9.5" style="77" customWidth="1"/>
+    <col min="7" max="7" width="10" style="77" customWidth="1"/>
+    <col min="8" max="8" width="11.6640625" style="77" customWidth="1"/>
+    <col min="9" max="9" width="7.5" style="97" customWidth="1"/>
+    <col min="10" max="10" width="9.6640625" style="97" customWidth="1"/>
+    <col min="11" max="11" width="9.1640625" style="97"/>
+    <col min="12" max="12" width="8.6640625" style="77" customWidth="1"/>
+    <col min="13" max="16384" width="9.1640625" style="77"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" ht="189.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="140" t="s">
+    <row r="1" spans="1:12" ht="189.75" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A1" s="66" t="s">
         <v>38</v>
       </c>
-      <c r="B1" s="140"/>
-[...13 lines deleted...]
-      <c r="A3" s="158" t="s">
+      <c r="B1" s="66"/>
+      <c r="C1" s="66"/>
+      <c r="D1" s="66"/>
+      <c r="E1" s="66"/>
+      <c r="F1" s="66"/>
+      <c r="G1" s="66"/>
+      <c r="H1" s="66"/>
+      <c r="I1" s="66"/>
+      <c r="J1" s="66"/>
+      <c r="K1" s="66"/>
+      <c r="L1" s="66"/>
+    </row>
+    <row r="2" spans="1:12" ht="15" thickBot="1" x14ac:dyDescent="0.2"/>
+    <row r="3" spans="1:12" ht="14.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A3" s="164" t="s">
         <v>39</v>
       </c>
-      <c r="B3" s="159"/>
-[...12 lines deleted...]
-      <c r="A4" s="171" t="s">
+      <c r="B3" s="165"/>
+      <c r="C3" s="165"/>
+      <c r="D3" s="165"/>
+      <c r="E3" s="165"/>
+      <c r="F3" s="165"/>
+      <c r="G3" s="165"/>
+      <c r="H3" s="165"/>
+      <c r="I3" s="165"/>
+      <c r="J3" s="165"/>
+      <c r="K3" s="165"/>
+      <c r="L3" s="166"/>
+    </row>
+    <row r="4" spans="1:12" s="98" customFormat="1" ht="24.75" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A4" s="167" t="s">
         <v>40</v>
       </c>
-      <c r="B4" s="173" t="s">
+      <c r="B4" s="64" t="s">
         <v>41</v>
       </c>
-      <c r="C4" s="173" t="s">
+      <c r="C4" s="64" t="s">
         <v>42</v>
       </c>
-      <c r="D4" s="161" t="s">
+      <c r="D4" s="56" t="s">
         <v>43</v>
       </c>
-      <c r="E4" s="163" t="s">
+      <c r="E4" s="58" t="s">
         <v>44</v>
       </c>
-      <c r="F4" s="164"/>
-[...2 lines deleted...]
-      <c r="I4" s="166" t="s">
+      <c r="F4" s="59"/>
+      <c r="G4" s="59"/>
+      <c r="H4" s="60"/>
+      <c r="I4" s="61" t="s">
         <v>45</v>
       </c>
-      <c r="J4" s="167"/>
-[...1 lines deleted...]
-      <c r="L4" s="169" t="s">
+      <c r="J4" s="62"/>
+      <c r="K4" s="63"/>
+      <c r="L4" s="168" t="s">
         <v>46</v>
       </c>
     </row>
-    <row r="5" spans="1:12" s="31" customFormat="1" ht="60.75" thickBot="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="E5" s="33" t="s">
+    <row r="5" spans="1:12" s="99" customFormat="1" ht="53" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="169"/>
+      <c r="B5" s="65"/>
+      <c r="C5" s="65"/>
+      <c r="D5" s="57"/>
+      <c r="E5" s="6" t="s">
         <v>47</v>
       </c>
-      <c r="F5" s="33" t="s">
+      <c r="F5" s="6" t="s">
         <v>48</v>
       </c>
-      <c r="G5" s="34" t="s">
+      <c r="G5" s="170" t="s">
         <v>49</v>
       </c>
-      <c r="H5" s="34" t="s">
+      <c r="H5" s="170" t="s">
         <v>50</v>
       </c>
-      <c r="I5" s="98" t="s">
+      <c r="I5" s="171" t="s">
         <v>51</v>
       </c>
-      <c r="J5" s="98" t="s">
+      <c r="J5" s="171" t="s">
         <v>52</v>
       </c>
-      <c r="K5" s="117" t="s">
+      <c r="K5" s="172" t="s">
         <v>53</v>
       </c>
-      <c r="L5" s="170"/>
-[...2 lines deleted...]
-      <c r="A6" s="35">
+      <c r="L5" s="173"/>
+    </row>
+    <row r="6" spans="1:12" s="100" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="174">
         <v>1</v>
       </c>
-      <c r="B6" s="36">
+      <c r="B6" s="175">
         <v>2</v>
       </c>
-      <c r="C6" s="36">
+      <c r="C6" s="175">
         <v>3</v>
       </c>
-      <c r="D6" s="37">
+      <c r="D6" s="7">
         <v>4</v>
       </c>
-      <c r="E6" s="37">
+      <c r="E6" s="7">
         <v>6</v>
       </c>
-      <c r="F6" s="36">
+      <c r="F6" s="175">
         <v>7</v>
       </c>
-      <c r="G6" s="37">
+      <c r="G6" s="7">
         <v>8</v>
       </c>
-      <c r="H6" s="36">
+      <c r="H6" s="175">
         <v>9</v>
       </c>
-      <c r="I6" s="120">
+      <c r="I6" s="176">
         <v>10</v>
       </c>
-      <c r="J6" s="120">
+      <c r="J6" s="176">
         <v>11</v>
       </c>
-      <c r="K6" s="121">
+      <c r="K6" s="177">
         <v>12</v>
       </c>
-      <c r="L6" s="66">
+      <c r="L6" s="27">
         <v>13</v>
       </c>
     </row>
-    <row r="7" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A7" s="175" t="s">
+    <row r="7" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A7" s="178" t="s">
         <v>54</v>
       </c>
-      <c r="B7" s="176"/>
-[...12 lines deleted...]
-      <c r="A8" s="175" t="s">
+      <c r="B7" s="179"/>
+      <c r="C7" s="179"/>
+      <c r="D7" s="179"/>
+      <c r="E7" s="179"/>
+      <c r="F7" s="179"/>
+      <c r="G7" s="179"/>
+      <c r="H7" s="179"/>
+      <c r="I7" s="179"/>
+      <c r="J7" s="179"/>
+      <c r="K7" s="179"/>
+      <c r="L7" s="180"/>
+    </row>
+    <row r="8" spans="1:12" ht="14.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="178" t="s">
         <v>55</v>
       </c>
-      <c r="B8" s="176"/>
-[...12 lines deleted...]
-      <c r="A9" s="155" t="s">
+      <c r="B8" s="179"/>
+      <c r="C8" s="179"/>
+      <c r="D8" s="179"/>
+      <c r="E8" s="179"/>
+      <c r="F8" s="179"/>
+      <c r="G8" s="179"/>
+      <c r="H8" s="179"/>
+      <c r="I8" s="179"/>
+      <c r="J8" s="179"/>
+      <c r="K8" s="179"/>
+      <c r="L8" s="180"/>
+    </row>
+    <row r="9" spans="1:12" ht="15.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A9" s="181" t="s">
         <v>56</v>
       </c>
-      <c r="B9" s="156"/>
-[...14 lines deleted...]
-      <c r="C10" s="32" t="s">
+      <c r="B9" s="182"/>
+      <c r="C9" s="182"/>
+      <c r="D9" s="182"/>
+      <c r="E9" s="182"/>
+      <c r="F9" s="182"/>
+      <c r="G9" s="182"/>
+      <c r="H9" s="182"/>
+      <c r="I9" s="182"/>
+      <c r="J9" s="182"/>
+      <c r="K9" s="182"/>
+      <c r="L9" s="183"/>
+    </row>
+    <row r="10" spans="1:12" ht="24" x14ac:dyDescent="0.15">
+      <c r="A10" s="9"/>
+      <c r="B10" s="44"/>
+      <c r="C10" s="5" t="s">
         <v>57</v>
       </c>
-      <c r="D10" s="88"/>
-[...3 lines deleted...]
-      <c r="H10" s="96" t="s">
+      <c r="D10" s="39"/>
+      <c r="E10" s="43"/>
+      <c r="F10" s="38"/>
+      <c r="G10" s="38"/>
+      <c r="H10" s="45" t="s">
         <v>58</v>
       </c>
-      <c r="I10" s="124"/>
-[...19 lines deleted...]
-      <c r="A12" s="180" t="s">
+      <c r="I10" s="52"/>
+      <c r="J10" s="34"/>
+      <c r="K10" s="101"/>
+      <c r="L10" s="102"/>
+    </row>
+    <row r="11" spans="1:12" ht="15.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="18"/>
+      <c r="B11" s="19"/>
+      <c r="C11" s="19"/>
+      <c r="D11" s="19"/>
+      <c r="E11" s="20"/>
+      <c r="F11" s="21"/>
+      <c r="G11" s="21"/>
+      <c r="H11" s="20"/>
+      <c r="I11" s="53"/>
+      <c r="J11" s="22"/>
+      <c r="K11" s="103"/>
+      <c r="L11" s="104"/>
+    </row>
+    <row r="12" spans="1:12" ht="16.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A12" s="105" t="s">
         <v>59</v>
       </c>
-      <c r="B12" s="181"/>
-[...6 lines deleted...]
-      <c r="I12" s="60">
+      <c r="B12" s="106"/>
+      <c r="C12" s="106"/>
+      <c r="D12" s="106"/>
+      <c r="E12" s="106"/>
+      <c r="F12" s="106"/>
+      <c r="G12" s="106"/>
+      <c r="H12" s="107"/>
+      <c r="I12" s="108">
         <f>SUM(I10:I11)</f>
         <v>0</v>
       </c>
-      <c r="J12" s="60">
+      <c r="J12" s="108">
         <v>0</v>
       </c>
-      <c r="K12" s="68"/>
-[...3 lines deleted...]
-      <c r="A13" s="155" t="s">
+      <c r="K12" s="109"/>
+      <c r="L12" s="110"/>
+    </row>
+    <row r="13" spans="1:12" ht="15.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="181" t="s">
         <v>60</v>
       </c>
-      <c r="B13" s="156"/>
-[...14 lines deleted...]
-      <c r="C14" s="32" t="s">
+      <c r="B13" s="182"/>
+      <c r="C13" s="182"/>
+      <c r="D13" s="182"/>
+      <c r="E13" s="182"/>
+      <c r="F13" s="182"/>
+      <c r="G13" s="182"/>
+      <c r="H13" s="182"/>
+      <c r="I13" s="182"/>
+      <c r="J13" s="182"/>
+      <c r="K13" s="182"/>
+      <c r="L13" s="183"/>
+    </row>
+    <row r="14" spans="1:12" ht="15.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A14" s="9"/>
+      <c r="B14" s="39"/>
+      <c r="C14" s="5" t="s">
         <v>61</v>
       </c>
-      <c r="D14" s="91"/>
-[...24 lines deleted...]
-      <c r="A16" s="180" t="s">
+      <c r="D14" s="42"/>
+      <c r="E14" s="43"/>
+      <c r="F14" s="38"/>
+      <c r="G14" s="38"/>
+      <c r="H14" s="43"/>
+      <c r="I14" s="54"/>
+      <c r="J14" s="34"/>
+      <c r="K14" s="101"/>
+      <c r="L14" s="36"/>
+    </row>
+    <row r="15" spans="1:12" ht="15.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="8"/>
+      <c r="B15" s="23"/>
+      <c r="C15" s="23"/>
+      <c r="D15" s="23"/>
+      <c r="E15" s="24"/>
+      <c r="F15" s="25"/>
+      <c r="G15" s="25"/>
+      <c r="H15" s="24"/>
+      <c r="I15" s="55"/>
+      <c r="J15" s="26"/>
+      <c r="K15" s="111"/>
+      <c r="L15" s="29"/>
+    </row>
+    <row r="16" spans="1:12" ht="15.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="105" t="s">
         <v>62</v>
       </c>
-      <c r="B16" s="181"/>
-[...6 lines deleted...]
-      <c r="I16" s="99">
+      <c r="B16" s="106"/>
+      <c r="C16" s="106"/>
+      <c r="D16" s="106"/>
+      <c r="E16" s="106"/>
+      <c r="F16" s="106"/>
+      <c r="G16" s="106"/>
+      <c r="H16" s="107"/>
+      <c r="I16" s="112">
         <f>SUM(I14:I15)</f>
         <v>0</v>
       </c>
-      <c r="J16" s="65">
+      <c r="J16" s="113">
         <v>0</v>
       </c>
-      <c r="K16" s="68"/>
-[...3 lines deleted...]
-      <c r="A17" s="155" t="s">
+      <c r="K16" s="109"/>
+      <c r="L16" s="114"/>
+    </row>
+    <row r="17" spans="1:13" ht="14.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A17" s="181" t="s">
         <v>63</v>
       </c>
-      <c r="B17" s="156"/>
-[...14 lines deleted...]
-      <c r="C18" s="89" t="s">
+      <c r="B17" s="182"/>
+      <c r="C17" s="182"/>
+      <c r="D17" s="182"/>
+      <c r="E17" s="182"/>
+      <c r="F17" s="182"/>
+      <c r="G17" s="182"/>
+      <c r="H17" s="182"/>
+      <c r="I17" s="182"/>
+      <c r="J17" s="182"/>
+      <c r="K17" s="182"/>
+      <c r="L17" s="183"/>
+    </row>
+    <row r="18" spans="1:13" ht="45" x14ac:dyDescent="0.15">
+      <c r="A18" s="9"/>
+      <c r="B18" s="39"/>
+      <c r="C18" s="40" t="s">
         <v>64</v>
       </c>
-      <c r="D18" s="88"/>
-[...24 lines deleted...]
-      <c r="A20" s="180" t="s">
+      <c r="D18" s="39"/>
+      <c r="E18" s="41"/>
+      <c r="F18" s="38"/>
+      <c r="G18" s="38"/>
+      <c r="H18" s="41"/>
+      <c r="I18" s="34"/>
+      <c r="J18" s="34"/>
+      <c r="K18" s="35"/>
+      <c r="L18" s="36"/>
+    </row>
+    <row r="19" spans="1:13" ht="15" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A19" s="8"/>
+      <c r="B19" s="23"/>
+      <c r="C19" s="23"/>
+      <c r="D19" s="23"/>
+      <c r="E19" s="24"/>
+      <c r="F19" s="25"/>
+      <c r="G19" s="25"/>
+      <c r="H19" s="24"/>
+      <c r="I19" s="55"/>
+      <c r="J19" s="26"/>
+      <c r="K19" s="28"/>
+      <c r="L19" s="29"/>
+    </row>
+    <row r="20" spans="1:13" ht="14.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="105" t="s">
         <v>65</v>
       </c>
-      <c r="B20" s="181"/>
-[...6 lines deleted...]
-      <c r="I20" s="100">
+      <c r="B20" s="106"/>
+      <c r="C20" s="106"/>
+      <c r="D20" s="106"/>
+      <c r="E20" s="106"/>
+      <c r="F20" s="106"/>
+      <c r="G20" s="106"/>
+      <c r="H20" s="107"/>
+      <c r="I20" s="115">
         <f>SUM(I18:I19)</f>
         <v>0</v>
       </c>
-      <c r="J20" s="65">
+      <c r="J20" s="113">
         <v>0</v>
       </c>
-      <c r="K20" s="74">
+      <c r="K20" s="116">
         <f>SUM(K18:K19)</f>
         <v>0</v>
       </c>
-      <c r="L20" s="39"/>
-[...2 lines deleted...]
-      <c r="A21" s="155" t="s">
+      <c r="L20" s="117"/>
+    </row>
+    <row r="21" spans="1:13" ht="14.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="181" t="s">
         <v>33</v>
       </c>
-      <c r="B21" s="156"/>
-[...14 lines deleted...]
-      <c r="C22" s="32" t="s">
+      <c r="B21" s="182"/>
+      <c r="C21" s="182"/>
+      <c r="D21" s="182"/>
+      <c r="E21" s="182"/>
+      <c r="F21" s="182"/>
+      <c r="G21" s="182"/>
+      <c r="H21" s="182"/>
+      <c r="I21" s="182"/>
+      <c r="J21" s="182"/>
+      <c r="K21" s="182"/>
+      <c r="L21" s="183"/>
+    </row>
+    <row r="22" spans="1:13" x14ac:dyDescent="0.15">
+      <c r="A22" s="9"/>
+      <c r="B22" s="37"/>
+      <c r="C22" s="5" t="s">
         <v>66</v>
       </c>
-      <c r="D22" s="86"/>
-[...24 lines deleted...]
-      <c r="A24" s="184" t="s">
+      <c r="D22" s="37"/>
+      <c r="E22" s="37"/>
+      <c r="F22" s="38"/>
+      <c r="G22" s="38"/>
+      <c r="H22" s="37"/>
+      <c r="I22" s="46"/>
+      <c r="J22" s="34"/>
+      <c r="K22" s="35"/>
+      <c r="L22" s="36"/>
+    </row>
+    <row r="23" spans="1:13" x14ac:dyDescent="0.15">
+      <c r="A23" s="10"/>
+      <c r="B23" s="14"/>
+      <c r="C23" s="14"/>
+      <c r="D23" s="14"/>
+      <c r="E23" s="14"/>
+      <c r="F23" s="15"/>
+      <c r="G23" s="15"/>
+      <c r="H23" s="14"/>
+      <c r="I23" s="47"/>
+      <c r="J23" s="13"/>
+      <c r="K23" s="30"/>
+      <c r="L23" s="31"/>
+    </row>
+    <row r="24" spans="1:13" ht="14.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="118" t="s">
         <v>67</v>
       </c>
-      <c r="B24" s="185"/>
-[...6 lines deleted...]
-      <c r="I24" s="102">
+      <c r="B24" s="119"/>
+      <c r="C24" s="119"/>
+      <c r="D24" s="119"/>
+      <c r="E24" s="119"/>
+      <c r="F24" s="119"/>
+      <c r="G24" s="119"/>
+      <c r="H24" s="120"/>
+      <c r="I24" s="121">
         <f>SUM(I22:I23)</f>
         <v>0</v>
       </c>
-      <c r="J24" s="102">
+      <c r="J24" s="121">
         <v>0</v>
       </c>
-      <c r="K24" s="118">
+      <c r="K24" s="122">
         <f>SUM(K22:K23)</f>
         <v>0</v>
       </c>
-      <c r="L24" s="78"/>
-[...2 lines deleted...]
-      <c r="A25" s="155" t="s">
+      <c r="L24" s="123"/>
+    </row>
+    <row r="25" spans="1:13" ht="14.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A25" s="181" t="s">
         <v>68</v>
       </c>
-      <c r="B25" s="156"/>
-[...15 lines deleted...]
-      <c r="C26" s="32" t="s">
+      <c r="B25" s="182"/>
+      <c r="C25" s="182"/>
+      <c r="D25" s="182"/>
+      <c r="E25" s="182"/>
+      <c r="F25" s="182"/>
+      <c r="G25" s="182"/>
+      <c r="H25" s="182"/>
+      <c r="I25" s="182"/>
+      <c r="J25" s="182"/>
+      <c r="K25" s="182"/>
+      <c r="L25" s="183"/>
+      <c r="M25" s="124"/>
+    </row>
+    <row r="26" spans="1:13" x14ac:dyDescent="0.15">
+      <c r="A26" s="9"/>
+      <c r="B26" s="37"/>
+      <c r="C26" s="5" t="s">
         <v>66</v>
       </c>
-      <c r="D26" s="86"/>
-[...9 lines deleted...]
-    <row r="27" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="D26" s="37"/>
+      <c r="E26" s="37"/>
+      <c r="F26" s="38"/>
+      <c r="G26" s="38"/>
+      <c r="H26" s="37"/>
+      <c r="I26" s="46"/>
+      <c r="J26" s="34"/>
+      <c r="K26" s="35"/>
+      <c r="L26" s="36"/>
+    </row>
+    <row r="27" spans="1:13" x14ac:dyDescent="0.15">
       <c r="A27" s="1"/>
-      <c r="B27" s="47"/>
-[...12 lines deleted...]
-      <c r="A28" s="184" t="s">
+      <c r="B27" s="12"/>
+      <c r="C27" s="12"/>
+      <c r="D27" s="12"/>
+      <c r="E27" s="12"/>
+      <c r="F27" s="11"/>
+      <c r="G27" s="11"/>
+      <c r="H27" s="12"/>
+      <c r="I27" s="13"/>
+      <c r="J27" s="13"/>
+      <c r="K27" s="30"/>
+      <c r="L27" s="31"/>
+    </row>
+    <row r="28" spans="1:13" ht="14.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A28" s="118" t="s">
         <v>69</v>
       </c>
-      <c r="B28" s="185"/>
-[...6 lines deleted...]
-      <c r="I28" s="102">
+      <c r="B28" s="119"/>
+      <c r="C28" s="119"/>
+      <c r="D28" s="119"/>
+      <c r="E28" s="119"/>
+      <c r="F28" s="119"/>
+      <c r="G28" s="119"/>
+      <c r="H28" s="120"/>
+      <c r="I28" s="121">
         <f>SUM(I26:I27)</f>
         <v>0</v>
       </c>
-      <c r="J28" s="44">
+      <c r="J28" s="125">
         <v>0</v>
       </c>
-      <c r="K28" s="80">
+      <c r="K28" s="126">
         <f>SUM(K26:K27)</f>
         <v>0</v>
       </c>
-      <c r="L28" s="79"/>
-[...2 lines deleted...]
-      <c r="A29" s="155" t="s">
+      <c r="L28" s="127"/>
+    </row>
+    <row r="29" spans="1:13" ht="14.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A29" s="181" t="s">
         <v>35</v>
       </c>
-      <c r="B29" s="156"/>
-[...14 lines deleted...]
-      <c r="C30" s="32" t="s">
+      <c r="B29" s="182"/>
+      <c r="C29" s="182"/>
+      <c r="D29" s="182"/>
+      <c r="E29" s="182"/>
+      <c r="F29" s="182"/>
+      <c r="G29" s="182"/>
+      <c r="H29" s="182"/>
+      <c r="I29" s="182"/>
+      <c r="J29" s="182"/>
+      <c r="K29" s="182"/>
+      <c r="L29" s="183"/>
+    </row>
+    <row r="30" spans="1:13" x14ac:dyDescent="0.15">
+      <c r="A30" s="9"/>
+      <c r="B30" s="32"/>
+      <c r="C30" s="5" t="s">
         <v>66</v>
       </c>
-      <c r="D30" s="81"/>
-[...9 lines deleted...]
-    <row r="31" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="D30" s="32"/>
+      <c r="E30" s="32"/>
+      <c r="F30" s="33"/>
+      <c r="G30" s="33"/>
+      <c r="H30" s="32"/>
+      <c r="I30" s="48"/>
+      <c r="J30" s="34"/>
+      <c r="K30" s="35"/>
+      <c r="L30" s="36"/>
+    </row>
+    <row r="31" spans="1:13" x14ac:dyDescent="0.15">
       <c r="A31" s="1"/>
-      <c r="B31" s="51"/>
-[...12 lines deleted...]
-      <c r="A32" s="184" t="s">
+      <c r="B31" s="16"/>
+      <c r="C31" s="16"/>
+      <c r="D31" s="16"/>
+      <c r="E31" s="16"/>
+      <c r="F31" s="17"/>
+      <c r="G31" s="17"/>
+      <c r="H31" s="16"/>
+      <c r="I31" s="49"/>
+      <c r="J31" s="13"/>
+      <c r="K31" s="30"/>
+      <c r="L31" s="31"/>
+    </row>
+    <row r="32" spans="1:13" ht="14.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A32" s="118" t="s">
         <v>70</v>
       </c>
-      <c r="B32" s="185"/>
-[...7 lines deleted...]
-      <c r="J32" s="44">
+      <c r="B32" s="119"/>
+      <c r="C32" s="119"/>
+      <c r="D32" s="119"/>
+      <c r="E32" s="119"/>
+      <c r="F32" s="119"/>
+      <c r="G32" s="119"/>
+      <c r="H32" s="119"/>
+      <c r="I32" s="120"/>
+      <c r="J32" s="125">
         <v>0</v>
       </c>
-      <c r="K32" s="80">
+      <c r="K32" s="126">
         <f>SUM(K30:K31)</f>
         <v>0</v>
       </c>
-      <c r="L32" s="79"/>
-[...16 lines deleted...]
-      <c r="A34" s="180" t="s">
+      <c r="L32" s="127"/>
+    </row>
+    <row r="33" spans="1:12" ht="7.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A33" s="128"/>
+      <c r="B33" s="128"/>
+      <c r="C33" s="128"/>
+      <c r="D33" s="128"/>
+      <c r="E33" s="128"/>
+      <c r="F33" s="128"/>
+      <c r="G33" s="128"/>
+      <c r="H33" s="128"/>
+      <c r="I33" s="129"/>
+      <c r="J33" s="130"/>
+      <c r="K33" s="130"/>
+      <c r="L33" s="130"/>
+    </row>
+    <row r="34" spans="1:12" ht="14.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A34" s="105" t="s">
         <v>71</v>
       </c>
-      <c r="B34" s="181"/>
-[...7 lines deleted...]
-      <c r="J34" s="4">
+      <c r="B34" s="106"/>
+      <c r="C34" s="106"/>
+      <c r="D34" s="106"/>
+      <c r="E34" s="106"/>
+      <c r="F34" s="106"/>
+      <c r="G34" s="106"/>
+      <c r="H34" s="106"/>
+      <c r="I34" s="131"/>
+      <c r="J34" s="132">
         <f>J32+J28+J24+J20+J16+J12</f>
         <v>0</v>
       </c>
-      <c r="K34" s="39">
+      <c r="K34" s="117">
         <f>K32+K28+K24+K20</f>
         <v>0</v>
       </c>
-      <c r="L34" s="3"/>
-[...16 lines deleted...]
-      <c r="A36" s="150" t="s">
+      <c r="L34" s="130"/>
+    </row>
+    <row r="35" spans="1:12" ht="7.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A35" s="133"/>
+      <c r="B35" s="133"/>
+      <c r="C35" s="133"/>
+      <c r="D35" s="133"/>
+      <c r="E35" s="133"/>
+      <c r="F35" s="133"/>
+      <c r="G35" s="133"/>
+      <c r="H35" s="133"/>
+      <c r="I35" s="134"/>
+      <c r="J35" s="130"/>
+      <c r="K35" s="130"/>
+      <c r="L35" s="130"/>
+    </row>
+    <row r="36" spans="1:12" ht="14.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A36" s="192" t="s">
         <v>72</v>
       </c>
-      <c r="B36" s="151"/>
-[...12 lines deleted...]
-      <c r="A37" s="180" t="s">
+      <c r="B36" s="193"/>
+      <c r="C36" s="193"/>
+      <c r="D36" s="193"/>
+      <c r="E36" s="193"/>
+      <c r="F36" s="193"/>
+      <c r="G36" s="193"/>
+      <c r="H36" s="193"/>
+      <c r="I36" s="193"/>
+      <c r="J36" s="193"/>
+      <c r="K36" s="194"/>
+      <c r="L36" s="138"/>
+    </row>
+    <row r="37" spans="1:12" ht="14.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A37" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="B37" s="181"/>
-[...7 lines deleted...]
-      <c r="J37" s="153">
+      <c r="B37" s="106"/>
+      <c r="C37" s="106"/>
+      <c r="D37" s="106"/>
+      <c r="E37" s="106"/>
+      <c r="F37" s="106"/>
+      <c r="G37" s="106"/>
+      <c r="H37" s="106"/>
+      <c r="I37" s="131"/>
+      <c r="J37" s="139">
         <f>J34*0.25</f>
         <v>0</v>
       </c>
-      <c r="K37" s="154"/>
-[...17 lines deleted...]
-      <c r="A39" s="150" t="s">
+      <c r="K37" s="140"/>
+      <c r="L37" s="130"/>
+    </row>
+    <row r="38" spans="1:12" ht="6.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A38" s="128"/>
+      <c r="B38" s="128"/>
+      <c r="C38" s="128"/>
+      <c r="D38" s="128"/>
+      <c r="E38" s="128"/>
+      <c r="F38" s="128"/>
+      <c r="G38" s="128"/>
+      <c r="H38" s="128"/>
+      <c r="I38" s="129"/>
+      <c r="J38" s="130"/>
+      <c r="K38" s="129"/>
+      <c r="L38" s="130"/>
+    </row>
+    <row r="39" spans="1:12" ht="15" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A39" s="135" t="s">
         <v>74</v>
       </c>
-      <c r="B39" s="151"/>
-[...7 lines deleted...]
-      <c r="J39" s="123">
+      <c r="B39" s="136"/>
+      <c r="C39" s="136"/>
+      <c r="D39" s="136"/>
+      <c r="E39" s="136"/>
+      <c r="F39" s="136"/>
+      <c r="G39" s="136"/>
+      <c r="H39" s="136"/>
+      <c r="I39" s="137"/>
+      <c r="J39" s="141">
         <f>SUM(J12,J16,J20,J24,J28,J32,J37)</f>
         <v>0</v>
       </c>
-      <c r="K39" s="16">
+      <c r="K39" s="114">
         <f>SUM(K20,K24,K28,K32,K37)</f>
         <v>0</v>
       </c>
-      <c r="L39" s="41"/>
-[...16 lines deleted...]
-      <c r="A41" s="179" t="s">
+      <c r="L39" s="142"/>
+    </row>
+    <row r="40" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A40" s="143"/>
+      <c r="B40" s="143"/>
+      <c r="C40" s="133"/>
+      <c r="D40" s="133"/>
+      <c r="E40" s="133"/>
+      <c r="F40" s="144"/>
+      <c r="G40" s="144"/>
+      <c r="H40" s="145"/>
+      <c r="I40" s="146"/>
+      <c r="J40" s="147"/>
+      <c r="K40" s="146"/>
+      <c r="L40" s="148"/>
+    </row>
+    <row r="41" spans="1:12" ht="45.75" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A41" s="149" t="s">
         <v>75</v>
       </c>
-      <c r="B41" s="179"/>
-[...27 lines deleted...]
-      <c r="B43" s="178" t="s">
+      <c r="B41" s="149"/>
+      <c r="C41" s="149"/>
+      <c r="D41" s="149"/>
+      <c r="E41" s="149"/>
+      <c r="F41" s="149"/>
+      <c r="G41" s="149"/>
+      <c r="H41" s="149"/>
+      <c r="I41" s="149"/>
+      <c r="J41" s="149"/>
+      <c r="K41" s="149"/>
+      <c r="L41" s="149"/>
+    </row>
+    <row r="42" spans="1:12" ht="12" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A42" s="150"/>
+      <c r="B42" s="150"/>
+      <c r="C42" s="150"/>
+      <c r="D42" s="150"/>
+      <c r="E42" s="150"/>
+      <c r="F42" s="150"/>
+      <c r="G42" s="150"/>
+      <c r="H42" s="150"/>
+      <c r="I42" s="151"/>
+      <c r="J42" s="152"/>
+      <c r="K42" s="151"/>
+      <c r="L42" s="150"/>
+    </row>
+    <row r="43" spans="1:12" ht="25.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A43" s="153"/>
+      <c r="B43" s="184" t="s">
         <v>76</v>
       </c>
-      <c r="C43" s="178"/>
-[...14 lines deleted...]
-      <c r="D44" s="18" t="s">
+      <c r="C43" s="184"/>
+      <c r="D43" s="184"/>
+      <c r="E43" s="3"/>
+      <c r="F43" s="3"/>
+      <c r="G43" s="3"/>
+      <c r="H43" s="3"/>
+      <c r="I43" s="50"/>
+      <c r="J43" s="51"/>
+      <c r="K43" s="51"/>
+      <c r="L43" s="154"/>
+    </row>
+    <row r="44" spans="1:12" ht="14.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A44" s="144"/>
+      <c r="B44" s="185"/>
+      <c r="C44" s="185"/>
+      <c r="D44" s="186" t="s">
         <v>77</v>
       </c>
-      <c r="E44" s="10"/>
-[...1 lines deleted...]
-      <c r="G44" s="20" t="s">
+      <c r="E44" s="2"/>
+      <c r="F44" s="2"/>
+      <c r="G44" s="4" t="s">
         <v>78</v>
       </c>
-      <c r="H44" s="10"/>
-[...10 lines deleted...]
-      <c r="E45" s="29" t="s">
+      <c r="H44" s="2"/>
+      <c r="I44" s="51"/>
+      <c r="J44" s="51"/>
+      <c r="K44" s="51"/>
+      <c r="L44" s="154"/>
+    </row>
+    <row r="45" spans="1:12" ht="14.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A45" s="145"/>
+      <c r="B45" s="187"/>
+      <c r="C45" s="187"/>
+      <c r="D45" s="187"/>
+      <c r="E45" s="155" t="s">
         <v>79</v>
       </c>
-      <c r="F45" s="29"/>
-[...25 lines deleted...]
-      <c r="D47" s="9" t="s">
+      <c r="F45" s="155"/>
+      <c r="G45" s="124"/>
+      <c r="H45" s="124"/>
+      <c r="I45" s="156"/>
+      <c r="J45" s="157"/>
+      <c r="K45" s="146"/>
+      <c r="L45" s="154"/>
+    </row>
+    <row r="46" spans="1:12" ht="14.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A46" s="145"/>
+      <c r="B46" s="187"/>
+      <c r="C46" s="187"/>
+      <c r="D46" s="187"/>
+      <c r="E46" s="158"/>
+      <c r="F46" s="158"/>
+      <c r="G46" s="124"/>
+      <c r="H46" s="124"/>
+      <c r="I46" s="156"/>
+      <c r="J46" s="157"/>
+      <c r="K46" s="146"/>
+      <c r="L46" s="154"/>
+    </row>
+    <row r="47" spans="1:12" ht="14.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A47" s="145"/>
+      <c r="B47" s="187"/>
+      <c r="C47" s="187"/>
+      <c r="D47" s="188" t="s">
         <v>80</v>
       </c>
-      <c r="E47" s="10"/>
-[...1 lines deleted...]
-      <c r="G47" s="20" t="s">
+      <c r="E47" s="2"/>
+      <c r="F47" s="2"/>
+      <c r="G47" s="4" t="s">
         <v>78</v>
       </c>
-      <c r="H47" s="10"/>
-[...10 lines deleted...]
-      <c r="E48" s="29" t="s">
+      <c r="H47" s="2"/>
+      <c r="I47" s="51"/>
+      <c r="J47" s="51"/>
+      <c r="K47" s="51"/>
+      <c r="L47" s="154"/>
+    </row>
+    <row r="48" spans="1:12" ht="14.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A48" s="145"/>
+      <c r="B48" s="187"/>
+      <c r="C48" s="187"/>
+      <c r="D48" s="187"/>
+      <c r="E48" s="155" t="s">
         <v>81</v>
       </c>
-      <c r="F48" s="29"/>
-      <c r="G48" s="23" t="s">
+      <c r="F48" s="155"/>
+      <c r="G48" s="159" t="s">
         <v>82</v>
       </c>
-      <c r="H48" s="21"/>
-[...23 lines deleted...]
-      <c r="D50" s="9" t="s">
+      <c r="H48" s="124"/>
+      <c r="I48" s="156"/>
+      <c r="J48" s="157"/>
+      <c r="K48" s="146"/>
+      <c r="L48" s="154"/>
+    </row>
+    <row r="49" spans="1:12" ht="14.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A49" s="145"/>
+      <c r="B49" s="187"/>
+      <c r="C49" s="187"/>
+      <c r="D49" s="187"/>
+      <c r="E49" s="158"/>
+      <c r="F49" s="158"/>
+      <c r="G49" s="124"/>
+      <c r="H49" s="124"/>
+      <c r="I49" s="156"/>
+      <c r="J49" s="157"/>
+      <c r="K49" s="146"/>
+      <c r="L49" s="154"/>
+    </row>
+    <row r="50" spans="1:12" ht="14.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A50" s="145"/>
+      <c r="B50" s="187"/>
+      <c r="C50" s="187"/>
+      <c r="D50" s="188" t="s">
         <v>83</v>
       </c>
-      <c r="E50" s="10"/>
-[...1 lines deleted...]
-      <c r="G50" s="20" t="s">
+      <c r="E50" s="2"/>
+      <c r="F50" s="2"/>
+      <c r="G50" s="4" t="s">
         <v>78</v>
       </c>
-      <c r="H50" s="10"/>
-[...9 lines deleted...]
-      <c r="E51" s="29" t="s">
+      <c r="H50" s="2"/>
+      <c r="I50" s="51"/>
+      <c r="J50" s="157"/>
+      <c r="K50" s="146"/>
+      <c r="L50" s="154"/>
+    </row>
+    <row r="51" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A51" s="160"/>
+      <c r="B51" s="189"/>
+      <c r="C51" s="190"/>
+      <c r="D51" s="191"/>
+      <c r="E51" s="155" t="s">
         <v>81</v>
       </c>
-      <c r="F51" s="29"/>
-      <c r="G51" s="23" t="s">
+      <c r="F51" s="155"/>
+      <c r="G51" s="159" t="s">
         <v>82</v>
       </c>
-      <c r="H51" s="21"/>
-[...17 lines deleted...]
-      <c r="A53" s="128" t="s">
+      <c r="H51" s="124"/>
+      <c r="I51" s="156"/>
+      <c r="K51" s="162"/>
+      <c r="L51" s="161"/>
+    </row>
+    <row r="52" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A52" s="160"/>
+      <c r="B52" s="160"/>
+      <c r="C52" s="161"/>
+      <c r="E52" s="158"/>
+      <c r="F52" s="158"/>
+      <c r="G52" s="159"/>
+      <c r="H52" s="124"/>
+      <c r="I52" s="156"/>
+      <c r="K52" s="162"/>
+      <c r="L52" s="161"/>
+    </row>
+    <row r="53" spans="1:12" x14ac:dyDescent="0.15">
+      <c r="A53" s="163" t="s">
         <v>84</v>
       </c>
     </row>
   </sheetData>
+  <sheetProtection sheet="1" objects="1" scenarios="1" insertRows="0" selectLockedCells="1"/>
   <mergeCells count="30">
+    <mergeCell ref="A36:K36"/>
+    <mergeCell ref="A1:L1"/>
+    <mergeCell ref="J37:K37"/>
+    <mergeCell ref="A9:L9"/>
+    <mergeCell ref="A3:L3"/>
+    <mergeCell ref="D4:D5"/>
+    <mergeCell ref="E4:H4"/>
+    <mergeCell ref="I4:K4"/>
+    <mergeCell ref="L4:L5"/>
+    <mergeCell ref="A4:A5"/>
+    <mergeCell ref="B4:B5"/>
+    <mergeCell ref="C4:C5"/>
+    <mergeCell ref="A7:L7"/>
+    <mergeCell ref="A8:L8"/>
     <mergeCell ref="B43:D43"/>
     <mergeCell ref="A39:I39"/>
     <mergeCell ref="A41:L41"/>
     <mergeCell ref="A12:H12"/>
     <mergeCell ref="A16:H16"/>
     <mergeCell ref="A13:L13"/>
     <mergeCell ref="A17:L17"/>
     <mergeCell ref="A34:I34"/>
     <mergeCell ref="A25:L25"/>
     <mergeCell ref="A37:I37"/>
     <mergeCell ref="A20:H20"/>
     <mergeCell ref="A24:H24"/>
     <mergeCell ref="A28:H28"/>
     <mergeCell ref="A29:L29"/>
     <mergeCell ref="A32:I32"/>
     <mergeCell ref="A21:L21"/>
-    <mergeCell ref="A36:K36"/>
-[...12 lines deleted...]
-    <mergeCell ref="A8:L8"/>
   </mergeCells>
   <conditionalFormatting sqref="I12:K12">
     <cfRule type="cellIs" dxfId="2" priority="1" stopIfTrue="1" operator="equal">
       <formula>"Ap.kļūda"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="J16:L16">
     <cfRule type="cellIs" dxfId="1" priority="3" stopIfTrue="1" operator="equal">
       <formula>"Ap.kļūda"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="J20:L20 J23:L23 J27:L28 J31:L35 J37:J38 L38">
     <cfRule type="cellIs" dxfId="0" priority="5" stopIfTrue="1" operator="equal">
       <formula>"Ap.kļūda"</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="1.1811023622047245" right="0.78740157480314965" top="1.9685039370078741" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" scale="56" orientation="portrait" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="53" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;10&amp;G
 Projekts Nr.1.1.1.5/1/24/I/001 Atbalsts Latvijas dalībai starptautiskās pētniecības un inovācijas programmās</oddHeader>
   </headerFooter>
   <legacyDrawingHF r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="6adcef3d-66e4-4441-b622-2181f76b34ed">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="ec04e77d-702b-4270-bfd8-12ec561e14fa" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x0101003D0118E830AEDD428D4BE0AAFD13557A" ma:contentTypeVersion="15" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="578fec32e9c32c9dcd0700d6cf67b9e9">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="6adcef3d-66e4-4441-b622-2181f76b34ed" xmlns:ns3="ec04e77d-702b-4270-bfd8-12ec561e14fa" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="c4178b882e999ebd62750f6cb7e8896d" ns2:_="" ns3:_="">
     <xsd:import namespace="6adcef3d-66e4-4441-b622-2181f76b34ed"/>
     <xsd:import namespace="ec04e77d-702b-4270-bfd8-12ec561e14fa"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
@@ -3748,75 +3872,90 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{32C880CD-3C6E-4283-BE19-09C769A32D80}">
-[...6 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E0FC25D9-62AC-4D58-B458-EAA155369781}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="6adcef3d-66e4-4441-b622-2181f76b34ed"/>
     <ds:schemaRef ds:uri="ec04e77d-702b-4270-bfd8-12ec561e14fa"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{32C880CD-3C6E-4283-BE19-09C769A32D80}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4CD208CB-7ED7-46B0-9792-157DAA5601DD}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4CD208CB-7ED7-46B0-9792-157DAA5601DD}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="6adcef3d-66e4-4441-b622-2181f76b34ed"/>
+    <ds:schemaRef ds:uri="ec04e77d-702b-4270-bfd8-12ec561e14fa"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Excel</Application>
+  <Application>Microsoft Macintosh Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="4" baseType="lpstr">
       <vt:lpstr>1_lapa</vt:lpstr>
       <vt:lpstr>2_lapa</vt:lpstr>
       <vt:lpstr>'1_lapa'!Print_Area</vt:lpstr>
       <vt:lpstr>'2_lapa'!Print_Area</vt:lpstr>
     </vt:vector>