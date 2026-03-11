--- v0 (2026-01-09)
+++ v1 (2026-03-11)
@@ -218,51 +218,51 @@
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00973520">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Projekta nosaukums, akronīms</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11335" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0E1F3D82" w14:textId="77777777" w:rsidR="00973520" w:rsidRPr="00973520" w:rsidRDefault="00973520" w:rsidP="003D5551">
+          <w:p w14:paraId="0E1F3D82" w14:textId="38BBFBB0" w:rsidR="00973520" w:rsidRPr="00973520" w:rsidRDefault="00973520" w:rsidP="003D5551">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00973520">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00973520" w:rsidRPr="00973520" w14:paraId="525B8BB3" w14:textId="77777777" w:rsidTr="0002232E">
         <w:trPr>
           <w:trHeight w:val="229"/>
         </w:trPr>
         <w:tc>
@@ -278,51 +278,51 @@
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00973520">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Projekta īstenotājs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11335" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0C41C627" w14:textId="77777777" w:rsidR="00973520" w:rsidRPr="00973520" w:rsidRDefault="00973520" w:rsidP="003D5551">
+          <w:p w14:paraId="0C41C627" w14:textId="0AB0B928" w:rsidR="00973520" w:rsidRPr="00973520" w:rsidRDefault="00973520" w:rsidP="003D5551">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00973520">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00973520" w:rsidRPr="00973520" w14:paraId="02D604B2" w14:textId="77777777" w:rsidTr="0002232E">
         <w:trPr>
           <w:trHeight w:val="290"/>
         </w:trPr>
         <w:tc>
@@ -338,51 +338,51 @@
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00973520">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Projekta līguma Nr.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11335" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="53DA9013" w14:textId="77777777" w:rsidR="00973520" w:rsidRPr="00973520" w:rsidRDefault="00973520" w:rsidP="003D5551">
+          <w:p w14:paraId="53DA9013" w14:textId="67001EF6" w:rsidR="00973520" w:rsidRPr="00973520" w:rsidRDefault="00973520" w:rsidP="003D5551">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00973520">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00973520" w:rsidRPr="00973520" w14:paraId="16D9F597" w14:textId="77777777" w:rsidTr="0002232E">
         <w:trPr>
           <w:trHeight w:val="337"/>
         </w:trPr>
         <w:tc>
@@ -3532,64 +3532,99 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="664264E5" w14:textId="77777777" w:rsidR="00BC7173" w:rsidRPr="0044589C" w:rsidRDefault="00BC7173" w:rsidP="00BC7173">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1C259C08" w14:textId="77777777" w:rsidR="00BC7173" w:rsidRPr="0044589C" w:rsidRDefault="00BC7173" w:rsidP="00BC7173">
+          <w:p w14:paraId="1C259C08" w14:textId="20E9B209" w:rsidR="00BC7173" w:rsidRPr="0044589C" w:rsidRDefault="00F02E24" w:rsidP="00BC7173">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0044589C">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               </w:rPr>
-              <w:t>☐</w:t>
-            </w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="Check1"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BC7173" w:rsidRPr="0044589C" w14:paraId="687837B7" w14:textId="77777777" w:rsidTr="0B1645F1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="642" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="417845D8" w14:textId="77777777" w:rsidR="00BC7173" w:rsidRPr="0044589C" w:rsidRDefault="00BC7173" w:rsidP="00BC7173">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -3658,63 +3693,98 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7FE97A4D" w14:textId="77777777" w:rsidR="00BC7173" w:rsidRPr="0044589C" w:rsidRDefault="00BC7173" w:rsidP="00BC7173">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3B05CC37" w14:textId="77777777" w:rsidR="00BC7173" w:rsidRPr="0044589C" w:rsidRDefault="00BC7173" w:rsidP="00BC7173">
+          <w:p w14:paraId="3B05CC37" w14:textId="059E8FB5" w:rsidR="00BC7173" w:rsidRPr="0044589C" w:rsidRDefault="00F02E24" w:rsidP="00BC7173">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0044589C">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               </w:rPr>
-              <w:t>☐</w:t>
-            </w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check2"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="1" w:name="Check2"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BC7173" w:rsidRPr="0044589C" w14:paraId="30AE356B" w14:textId="77777777" w:rsidTr="0B1645F1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="642" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="66FE4A3C" w14:textId="77777777" w:rsidR="00BC7173" w:rsidRPr="0044589C" w:rsidRDefault="00BC7173" w:rsidP="00BC7173">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>…</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -4472,64 +4542,104 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1268" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="46B45402" w14:textId="77777777" w:rsidR="00A0392F" w:rsidRPr="0044589C" w:rsidRDefault="00A0392F" w:rsidP="003D5551">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1312" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0F07B595" w14:textId="77777777" w:rsidR="00A0392F" w:rsidRPr="0044589C" w:rsidRDefault="00A0392F" w:rsidP="003D5551">
+          <w:p w14:paraId="0F07B595" w14:textId="65F34231" w:rsidR="00A0392F" w:rsidRPr="0044589C" w:rsidRDefault="00F02E24" w:rsidP="003D5551">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0044589C">
-[...4 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check3"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="2" w:name="Check3"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="2"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A0392F" w:rsidRPr="0044589C" w14:paraId="43E4D695" w14:textId="77777777" w:rsidTr="00BC7173">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="615" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="356453A6" w14:textId="77777777" w:rsidR="00A0392F" w:rsidRPr="0044589C" w:rsidRDefault="002C3297" w:rsidP="003D5551">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -4598,64 +4708,104 @@
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1268" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="20CEBFCA" w14:textId="77777777" w:rsidR="00A0392F" w:rsidRPr="0044589C" w:rsidRDefault="00A0392F" w:rsidP="003D5551">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1312" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="36A06F91" w14:textId="77777777" w:rsidR="00A0392F" w:rsidRPr="0044589C" w:rsidRDefault="00A0392F" w:rsidP="003D5551">
+          <w:p w14:paraId="36A06F91" w14:textId="6E26EEB5" w:rsidR="00A0392F" w:rsidRPr="0044589C" w:rsidRDefault="00F02E24" w:rsidP="003D5551">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0044589C">
-[...4 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check4"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="3" w:name="Check4"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="3"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3D08E1DA" w14:textId="77777777" w:rsidR="00D54153" w:rsidRPr="00A779D7" w:rsidRDefault="00D54153" w:rsidP="003D5551">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A779D7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>* aizpilda ja līgums noslēgts saskaņā ar  „Publisko iepirkumu likumu”</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16F2135B" w14:textId="21F980E8" w:rsidR="0044589C" w:rsidRPr="00CC11A3" w:rsidRDefault="00D54153" w:rsidP="003D5551">
       <w:pPr>
@@ -5683,111 +5833,112 @@
       </w:pPr>
       <w:r w:rsidRPr="00CC11A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos Narrow" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="242424"/>
         </w:rPr>
         <w:t>*parakstīts ar drošu elektronisko parakstu un satur laika zīmogu</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="5D66CCF4" w:rsidRPr="00CC11A3" w:rsidSect="003D5551">
       <w:headerReference w:type="default" r:id="rId15"/>
       <w:footerReference w:type="default" r:id="rId16"/>
       <w:footerReference w:type="first" r:id="rId17"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="1077" w:right="425" w:bottom="567" w:left="1701" w:header="340" w:footer="442" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6D567769" w14:textId="77777777" w:rsidR="00024CE8" w:rsidRDefault="00024CE8" w:rsidP="00973520">
+    <w:p w14:paraId="71D0CD38" w14:textId="77777777" w:rsidR="008978FC" w:rsidRDefault="008978FC" w:rsidP="00973520">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2B4B9B77" w14:textId="77777777" w:rsidR="00024CE8" w:rsidRDefault="00024CE8" w:rsidP="00973520">
+    <w:p w14:paraId="13DE4E7E" w14:textId="77777777" w:rsidR="008978FC" w:rsidRDefault="008978FC" w:rsidP="00973520">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="780369D2" w14:textId="77777777" w:rsidR="00024CE8" w:rsidRDefault="00024CE8">
+    <w:p w14:paraId="14F65813" w14:textId="77777777" w:rsidR="008978FC" w:rsidRDefault="008978FC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Narrow">
+    <w:panose1 w:val="020B0004020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="67BE700A" w14:textId="77777777" w:rsidR="00473374" w:rsidRDefault="00473374">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
@@ -6016,71 +6167,71 @@
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3260" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="0B5FCC5C" w14:textId="2AA900A3" w:rsidR="73FC90C5" w:rsidRDefault="73FC90C5" w:rsidP="73FC90C5">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:ind w:right="-115"/>
             <w:jc w:val="right"/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="2C2971E4" w14:textId="156E549C" w:rsidR="73FC90C5" w:rsidRDefault="73FC90C5" w:rsidP="73FC90C5">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2DE323F8" w14:textId="77777777" w:rsidR="00024CE8" w:rsidRDefault="00024CE8" w:rsidP="00973520">
+    <w:p w14:paraId="2ADC2DC2" w14:textId="77777777" w:rsidR="008978FC" w:rsidRDefault="008978FC" w:rsidP="00973520">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3B7191B9" w14:textId="77777777" w:rsidR="00024CE8" w:rsidRDefault="00024CE8" w:rsidP="00973520">
+    <w:p w14:paraId="77409F71" w14:textId="77777777" w:rsidR="008978FC" w:rsidRDefault="008978FC" w:rsidP="00973520">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="335CCC72" w14:textId="77777777" w:rsidR="00024CE8" w:rsidRDefault="00024CE8">
+    <w:p w14:paraId="5ECF7683" w14:textId="77777777" w:rsidR="008978FC" w:rsidRDefault="008978FC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="27D58EFD" w14:textId="77777777" w:rsidR="00473374" w:rsidRDefault="00473374">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
@@ -6273,51 +6424,51 @@
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3260" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="2D2EF594" w14:textId="244ACC75" w:rsidR="73FC90C5" w:rsidRDefault="73FC90C5" w:rsidP="73FC90C5">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:ind w:right="-115"/>
             <w:jc w:val="right"/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="771EB8E7" w14:textId="0DD3F9B5" w:rsidR="73FC90C5" w:rsidRDefault="73FC90C5" w:rsidP="73FC90C5">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="166"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="510"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:drawingGridVerticalSpacing w:val="299"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -6367,131 +6518,134 @@
     <w:rsid w:val="00473374"/>
     <w:rsid w:val="00475AF3"/>
     <w:rsid w:val="005A6B0C"/>
     <w:rsid w:val="005B63E2"/>
     <w:rsid w:val="005D23E9"/>
     <w:rsid w:val="005F5C96"/>
     <w:rsid w:val="00604151"/>
     <w:rsid w:val="00620B7F"/>
     <w:rsid w:val="00663AB0"/>
     <w:rsid w:val="00664EAB"/>
     <w:rsid w:val="00676616"/>
     <w:rsid w:val="006A170C"/>
     <w:rsid w:val="006A3D6D"/>
     <w:rsid w:val="006A76F4"/>
     <w:rsid w:val="006C0AD4"/>
     <w:rsid w:val="006E4CE4"/>
     <w:rsid w:val="006F47C3"/>
     <w:rsid w:val="00782854"/>
     <w:rsid w:val="0079241F"/>
     <w:rsid w:val="00793FA4"/>
     <w:rsid w:val="007A2245"/>
     <w:rsid w:val="007B343E"/>
     <w:rsid w:val="007F4124"/>
     <w:rsid w:val="00846FDC"/>
     <w:rsid w:val="00874A8D"/>
+    <w:rsid w:val="008978FC"/>
     <w:rsid w:val="00904296"/>
     <w:rsid w:val="00913756"/>
     <w:rsid w:val="009330A3"/>
     <w:rsid w:val="00973520"/>
     <w:rsid w:val="00984F1B"/>
     <w:rsid w:val="00990EF2"/>
     <w:rsid w:val="009B38A0"/>
     <w:rsid w:val="009E5BFF"/>
     <w:rsid w:val="00A0392F"/>
     <w:rsid w:val="00A205F7"/>
     <w:rsid w:val="00A779D7"/>
     <w:rsid w:val="00AA4E58"/>
     <w:rsid w:val="00AE53AC"/>
     <w:rsid w:val="00B66E87"/>
     <w:rsid w:val="00B86FB9"/>
     <w:rsid w:val="00B8747F"/>
     <w:rsid w:val="00BC7173"/>
     <w:rsid w:val="00C93507"/>
     <w:rsid w:val="00CC11A3"/>
     <w:rsid w:val="00CC47CC"/>
     <w:rsid w:val="00CE5B9A"/>
     <w:rsid w:val="00D20E2C"/>
     <w:rsid w:val="00D54153"/>
     <w:rsid w:val="00D66A2C"/>
     <w:rsid w:val="00DD487E"/>
     <w:rsid w:val="00DD60E0"/>
+    <w:rsid w:val="00DE30D0"/>
     <w:rsid w:val="00E40EEF"/>
     <w:rsid w:val="00E85916"/>
     <w:rsid w:val="00EB5052"/>
     <w:rsid w:val="00ED61E3"/>
+    <w:rsid w:val="00F02E24"/>
     <w:rsid w:val="00F038E3"/>
     <w:rsid w:val="00F11D68"/>
     <w:rsid w:val="00F131E6"/>
     <w:rsid w:val="00F7024B"/>
     <w:rsid w:val="00F96A8B"/>
     <w:rsid w:val="00FB2A1E"/>
     <w:rsid w:val="00FD6592"/>
     <w:rsid w:val="00FF6C0F"/>
     <w:rsid w:val="00FF741A"/>
     <w:rsid w:val="0B1645F1"/>
     <w:rsid w:val="1D7ADDB2"/>
     <w:rsid w:val="2133EB3F"/>
     <w:rsid w:val="2C2B2008"/>
     <w:rsid w:val="369B4DF8"/>
     <w:rsid w:val="37CD2DA8"/>
     <w:rsid w:val="408007DB"/>
     <w:rsid w:val="410EE5CD"/>
     <w:rsid w:val="47E5B46D"/>
     <w:rsid w:val="4835F011"/>
     <w:rsid w:val="54504B42"/>
     <w:rsid w:val="5D66CCF4"/>
     <w:rsid w:val="60F0A753"/>
     <w:rsid w:val="66CD24B1"/>
     <w:rsid w:val="6E7C92F1"/>
     <w:rsid w:val="719B7B27"/>
     <w:rsid w:val="7361975C"/>
     <w:rsid w:val="73FC90C5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
-  <w:listSeparator w:val=";"/>
+  <w:listSeparator w:val=","/>
   <w14:docId w14:val="33AFE2A3"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{9C073589-DF7A-4F3B-9BEC-3E29E21639AE}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lv-LV" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
@@ -7311,50 +7465,61 @@
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="6adcef3d-66e4-4441-b622-2181f76b34ed">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="ec04e77d-702b-4270-bfd8-12ec561e14fa" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x0101003D0118E830AEDD428D4BE0AAFD13557A" ma:contentTypeVersion="15" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="578fec32e9c32c9dcd0700d6cf67b9e9">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="6adcef3d-66e4-4441-b622-2181f76b34ed" xmlns:ns3="ec04e77d-702b-4270-bfd8-12ec561e14fa" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="c4178b882e999ebd62750f6cb7e8896d" ns2:_="" ns3:_="">
     <xsd:import namespace="6adcef3d-66e4-4441-b622-2181f76b34ed"/>
     <xsd:import namespace="ec04e77d-702b-4270-bfd8-12ec561e14fa"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
               </xsd:all>
@@ -7545,101 +7710,103 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...9 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C42841C8-CD48-4EE3-B6C5-AC25BF21BFEF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{32EFBD8E-0F16-4E45-87E2-32AA25B04830}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{804ADE05-28A1-469B-981E-6DAE81541566}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="6adcef3d-66e4-4441-b622-2181f76b34ed"/>
+    <ds:schemaRef ds:uri="ec04e77d-702b-4270-bfd8-12ec561e14fa"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{804ADE05-28A1-469B-981E-6DAE81541566}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{32EFBD8E-0F16-4E45-87E2-32AA25B04830}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://www.w3.org/2000/xmlns/"/>
     <ds:schemaRef ds:uri="6adcef3d-66e4-4441-b622-2181f76b34ed"/>
+    <ds:schemaRef ds:uri="ec04e77d-702b-4270-bfd8-12ec561e14fa"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="ec04e77d-702b-4270-bfd8-12ec561e14fa"/>
-    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema-instance"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1810</Words>
-  <Characters>1033</Characters>
+  <Words>317</Words>
+  <Characters>2594</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>8</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>288</Lines>
+  <Paragraphs>70</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>VIAA</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2838</CharactersWithSpaces>
+  <CharactersWithSpaces>2841</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ilze Vilka</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101003D0118E830AEDD428D4BE0AAFD13557A</vt:lpwstr>
   </property>