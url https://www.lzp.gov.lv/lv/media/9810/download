--- v0 (2025-10-12)
+++ v1 (2026-02-20)
@@ -1,48 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="3B661DF6" w14:textId="19A3CBFC" w:rsidR="00885D4C" w:rsidRDefault="00173898" w:rsidP="0063614B">
       <w:pPr>
         <w:spacing w:before="200" w:after="200"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AD3BA2">
@@ -119,134 +118,134 @@
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Apstiprināts</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66881700" w14:textId="77777777" w:rsidR="00263168" w:rsidRPr="00263168" w:rsidRDefault="00263168" w:rsidP="00263168">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00263168">
         <w:rPr>
           <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">ar Latvijas Zinātnes padomes </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DE751D7" w14:textId="56F56B48" w:rsidR="00263168" w:rsidRPr="00263168" w:rsidRDefault="00263168" w:rsidP="00263168">
+    <w:p w14:paraId="0DE751D7" w14:textId="32B9D565" w:rsidR="00263168" w:rsidRPr="00263168" w:rsidRDefault="00263168" w:rsidP="00263168">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="17106A24">
         <w:rPr>
           <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="005E6CF0" w:rsidRPr="17106A24">
+      <w:r w:rsidR="00D83118">
         <w:rPr>
           <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="17106A24">
         <w:rPr>
           <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="012F2CF1" w:rsidRPr="17106A24">
         <w:rPr>
           <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00263168">
         <w:rPr>
           <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">gada </w:t>
       </w:r>
-      <w:r w:rsidR="00E95B82">
+      <w:r w:rsidR="00D83118">
         <w:rPr>
           <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>21.maija</w:t>
+        <w:t>21.janvāra</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E3B5BBA" w14:textId="20218B77" w:rsidR="00263168" w:rsidRPr="00263168" w:rsidRDefault="00263168" w:rsidP="00263168">
+    <w:p w14:paraId="7E3B5BBA" w14:textId="3A8D54D1" w:rsidR="00263168" w:rsidRPr="00263168" w:rsidRDefault="00263168" w:rsidP="00263168">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00263168">
         <w:rPr>
           <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>rīkojumu Nr</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E95B82">
+        <w:t>rīkojumu Nr.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D83118">
         <w:rPr>
           <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>9-1-5/65</w:t>
+        <w:t>9-1-5/5</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A8B7A45" w14:textId="77777777" w:rsidR="00263168" w:rsidRPr="00263168" w:rsidRDefault="00263168" w:rsidP="002005CA">
       <w:pPr>
         <w:spacing w:before="400" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00263168">
         <w:rPr>
           <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>NOLIKUMS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33DE8707" w14:textId="77777777" w:rsidR="00263168" w:rsidRPr="00263168" w:rsidRDefault="00263168" w:rsidP="00263168">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
@@ -465,131 +464,122 @@
       </w:pPr>
       <w:r w:rsidRPr="002B4E82">
         <w:t xml:space="preserve">"Eiropas Savienības kohēzijas politikas programmas 2021.–2027.gadam 1.1.1. specifiskā atbalsta mērķa "Pētniecības un inovāciju kapacitātes stiprināšana un progresīvu tehnoloģiju ieviešana  kopējā P&amp;A sistēmā" 1.1.1.5. pasākuma "Latvijas pilnvērtīga dalība "Apvārsnis Eiropa" programmā, tajā skaitā nodrošinot kompleksu atbalsta instrumentu klāstu un sasaisti ar RIS3 specializācijas jomu attīstīšanu” pirmās un otrās projektu iesniegumu atlases kārtas īstenošanas noteikumi" </w:t>
       </w:r>
       <w:r w:rsidR="009F1358">
         <w:t>21.9</w:t>
       </w:r>
       <w:r w:rsidR="00491871">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="002B4E82">
         <w:t xml:space="preserve"> apakšpunktu</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="442CFF11" w14:textId="10AB6861" w:rsidR="00173898" w:rsidRPr="003D2F1E" w:rsidRDefault="00DA1041" w:rsidP="00987151">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
       <w:r w:rsidR="00173898">
         <w:t>Vispārīgie jautājumi</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="191CF0A9" w14:textId="69D19084" w:rsidR="00DF1D6D" w:rsidRPr="00CC26EF" w:rsidRDefault="58CD0460" w:rsidP="18AD5FBA">
+    <w:p w14:paraId="191CF0A9" w14:textId="5E139576" w:rsidR="00DF1D6D" w:rsidRPr="00CC26EF" w:rsidRDefault="58CD0460" w:rsidP="18AD5FBA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="284"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="18AD5FBA">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>Nolikums</w:t>
       </w:r>
       <w:r w:rsidR="25423A1D" w:rsidRPr="18AD5FBA">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_Hlk198881920"/>
       <w:r w:rsidR="000375C2" w:rsidRPr="18AD5FBA">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidR="00612D78" w:rsidRPr="18AD5FBA">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">Atbalsts Latvijas Republikas zinātniskajām institūcijām Latvijas Zinātnes padomes projekta Nr.1.1.1.5/1/24/I/001 "Atbalsts Latvijas dalībai starptautiskās pētniecības un inovācijas programmās" ietvaros par Eiropas Savienības programmas "Apvārsnis Eiropa" </w:t>
       </w:r>
       <w:r w:rsidR="002C3D66" w:rsidRPr="00A27AD2">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>un 10.</w:t>
       </w:r>
       <w:r w:rsidR="00A27AD2">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="002C3D66" w:rsidRPr="00A27AD2">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>Ietvarprogrammas</w:t>
       </w:r>
-      <w:ins w:id="1" w:author="Astra Beķere" w:date="2025-05-23T09:12:00Z" w16du:dateUtc="2025-05-23T06:12:00Z">
-[...6 lines deleted...]
-      </w:ins>
+      <w:r w:rsidR="002C3D66" w:rsidRPr="002C3D66">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="00612D78" w:rsidRPr="18AD5FBA">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>projektu koordinatoru konsultēšanu</w:t>
       </w:r>
       <w:r w:rsidR="000375C2" w:rsidRPr="18AD5FBA">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
-        <w:t xml:space="preserve">” </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">(turpmāk – nolikums) </w:t>
+        <w:t xml:space="preserve">” (turpmāk – nolikums) </w:t>
       </w:r>
       <w:r w:rsidR="25423A1D" w:rsidRPr="18AD5FBA">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>nosaka Eiropas Savienības kohēzijas politikas programmas 2021.–2027.</w:t>
       </w:r>
       <w:r w:rsidR="3C5D63D4" w:rsidRPr="18AD5FBA">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="25423A1D" w:rsidRPr="18AD5FBA">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>gadam 1.1.1.</w:t>
       </w:r>
       <w:r w:rsidR="3C5D63D4" w:rsidRPr="18AD5FBA">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
@@ -924,51 +914,51 @@
       <w:r w:rsidR="00C82670" w:rsidRPr="00C82670">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> Komisijas </w:t>
       </w:r>
       <w:r w:rsidR="58F5E22F" w:rsidRPr="0242BB6F">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>(turpmāk – EK)</w:t>
       </w:r>
       <w:r w:rsidR="00415152" w:rsidRPr="0242BB6F">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C82670" w:rsidRPr="00C82670">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>novērtējumā ir sasniedzis vai pārsniedzis noteikto kvalitātes sliekšņa vērtību atbilstoši konkrētās programmas "Apvārsnis Eiropa" apakšprogrammas projektu pieteikumu vērtēšanas nosacījumiem;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21DA19E5" w14:textId="5773143E" w:rsidR="00170F5B" w:rsidRDefault="001B42A2" w:rsidP="006A1143">
+    <w:p w14:paraId="306071A5" w14:textId="0205D9AB" w:rsidR="0098246B" w:rsidRDefault="001B42A2" w:rsidP="0098246B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:left="709" w:firstLine="284"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="132DEBF3">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidR="71E8C28A" w:rsidRPr="132DEBF3">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>rojekt</w:t>
       </w:r>
       <w:r w:rsidR="5224AC19" w:rsidRPr="132DEBF3">
         <w:rPr>
@@ -1018,248 +1008,317 @@
         </w:rPr>
         <w:t xml:space="preserve">labuma guvēju </w:t>
       </w:r>
       <w:r w:rsidR="7ACA9A22" w:rsidRPr="132DEBF3">
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="6C05E22F" w:rsidRPr="132DEBF3">
         <w:t xml:space="preserve">starptautiska konsorcija) </w:t>
       </w:r>
       <w:r w:rsidR="7DDF9731" w:rsidRPr="132DEBF3">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>projekt</w:t>
       </w:r>
       <w:r w:rsidR="3035D3B1" w:rsidRPr="132DEBF3">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>a pieteikums</w:t>
       </w:r>
       <w:r w:rsidR="00555676">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> kādā no konkursiem.</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> kādā no konkursiem</w:t>
       </w:r>
       <w:r w:rsidR="3B2AD103" w:rsidRPr="132DEBF3">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0239E53A" w14:textId="74DC7FBD" w:rsidR="006C3238" w:rsidRDefault="0006035A" w:rsidP="006A1143">
+    <w:p w14:paraId="013BE3FE" w14:textId="60E0EFE8" w:rsidR="00797980" w:rsidRPr="0098246B" w:rsidRDefault="0006035A" w:rsidP="0098246B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:left="709" w:firstLine="284"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="0098246B">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">konkursi - </w:t>
       </w:r>
-      <w:r w:rsidR="00555676" w:rsidRPr="132DEBF3">
+      <w:r w:rsidR="00555676" w:rsidRPr="0098246B">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>programmas "Apvārsnis Eiropa"</w:t>
       </w:r>
+      <w:r w:rsidR="00C72B27" w:rsidRPr="0098246B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>2. pīlāra</w:t>
+      </w:r>
       <w:r w:rsidR="00C72B27" w:rsidRPr="132DEBF3">
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
-[...4 lines deleted...]
-        <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
-      <w:r w:rsidR="00C72B27" w:rsidRPr="132DEBF3">
+      <w:r w:rsidR="00C72B27" w:rsidRPr="0098246B">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C72B27" w:rsidRPr="132DEBF3">
+      <w:r w:rsidR="00C72B27" w:rsidRPr="0098246B">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>visu tematisko kopu (</w:t>
       </w:r>
-      <w:r w:rsidR="00C72B27" w:rsidRPr="132DEBF3">
+      <w:r w:rsidR="00C72B27" w:rsidRPr="0098246B">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>cluster</w:t>
       </w:r>
-      <w:r w:rsidR="00C72B27" w:rsidRPr="132DEBF3">
+      <w:r w:rsidR="00C72B27" w:rsidRPr="0098246B">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>) un uzdevumu jomu (</w:t>
       </w:r>
-      <w:r w:rsidR="00C72B27" w:rsidRPr="132DEBF3">
+      <w:r w:rsidR="00C72B27" w:rsidRPr="0098246B">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>mission</w:t>
       </w:r>
-      <w:r w:rsidR="00C72B27" w:rsidRPr="132DEBF3">
+      <w:r w:rsidR="00C72B27" w:rsidRPr="0098246B">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>) vienas pakāpes (</w:t>
       </w:r>
-      <w:r w:rsidR="00C72B27" w:rsidRPr="132DEBF3">
+      <w:r w:rsidR="00C72B27" w:rsidRPr="0098246B">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>single stage</w:t>
       </w:r>
-      <w:r w:rsidR="00C72B27" w:rsidRPr="132DEBF3">
+      <w:r w:rsidR="00C72B27" w:rsidRPr="0098246B">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>) atlasei un divu pakāpju (</w:t>
       </w:r>
-      <w:r w:rsidR="00C72B27" w:rsidRPr="132DEBF3">
+      <w:r w:rsidR="00C72B27" w:rsidRPr="0098246B">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>two stage)</w:t>
       </w:r>
-      <w:r w:rsidR="00C72B27" w:rsidRPr="132DEBF3">
-[...17 lines deleted...]
-      <w:r w:rsidR="00C72B27" w:rsidRPr="132DEBF3">
+      <w:r w:rsidR="00C72B27" w:rsidRPr="0098246B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> atlases 2. dalības kārtā, dalības paplašināšana un izcilības izplatīšanas "</w:t>
+      </w:r>
+      <w:r w:rsidR="00C72B27" w:rsidRPr="0098246B">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Teaming</w:t>
       </w:r>
-      <w:r w:rsidR="00C72B27" w:rsidRPr="132DEBF3">
-[...17 lines deleted...]
-      <w:r w:rsidR="00C72B27" w:rsidRPr="132DEBF3">
+      <w:r w:rsidR="00C72B27" w:rsidRPr="0098246B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>" sadaļā 1. un 2. dalības kārtā</w:t>
+      </w:r>
+      <w:r w:rsidR="00797980" w:rsidRPr="0098246B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00797980" w:rsidRPr="0098246B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:color w:val="0F9ED5" w:themeColor="accent4"/>
+        </w:rPr>
+        <w:t>un “</w:t>
+      </w:r>
+      <w:r w:rsidR="00797980" w:rsidRPr="0098246B">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
-        </w:rPr>
-[...8 lines deleted...]
-      <w:r w:rsidR="00C72B27" w:rsidRPr="132DEBF3">
+          <w:color w:val="0F9ED5" w:themeColor="accent4"/>
+        </w:rPr>
+        <w:t>Twinning</w:t>
+      </w:r>
+      <w:r w:rsidR="00797980" w:rsidRPr="0098246B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:color w:val="0F9ED5" w:themeColor="accent4"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidR="00C72B27" w:rsidRPr="0098246B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00C72B27" w:rsidRPr="0098246B">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
+        <w:t xml:space="preserve">Marie Skłodowska-Curie Actions </w:t>
+      </w:r>
+      <w:r w:rsidR="00C72B27" w:rsidRPr="0098246B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>(turpmāk - MSCA) "</w:t>
+      </w:r>
+      <w:r w:rsidR="00C72B27" w:rsidRPr="0098246B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
         <w:t>Doctoral Networks</w:t>
       </w:r>
-      <w:r w:rsidR="00C72B27" w:rsidRPr="132DEBF3">
+      <w:r w:rsidR="00C72B27" w:rsidRPr="0098246B">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>" un MSCA "COFUND" projektu konkurs</w:t>
       </w:r>
-      <w:r w:rsidR="00676D1D">
+      <w:r w:rsidR="00676D1D" w:rsidRPr="0098246B">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidR="00C72B27">
+      <w:r w:rsidR="00C72B27" w:rsidRPr="0098246B">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidR="00797980" w:rsidRPr="0098246B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0239E53A" w14:textId="25618CAC" w:rsidR="006C3238" w:rsidRPr="0098246B" w:rsidRDefault="00797980" w:rsidP="0098246B">
+      <w:pPr>
+        <w:ind w:left="709" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B45382">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">(grozīts ar </w:t>
+      </w:r>
+      <w:r w:rsidR="00D83118">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>21</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B45382">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D83118">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>01</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B45382">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>.2026. rīkojumu Nr.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D83118">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>9-1-5/5)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33126297" w14:textId="76D9A000" w:rsidR="00DD11FC" w:rsidRDefault="00DD11FC" w:rsidP="006A1143">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:left="709" w:firstLine="284"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>uzlabots projekta pieteikums</w:t>
       </w:r>
       <w:r w:rsidR="00BE6262">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -2205,50 +2264,51 @@
         <w:t>nolikumu</w:t>
       </w:r>
       <w:r w:rsidRPr="2D59BE14">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00A73C64" w14:textId="202DE992" w:rsidR="00173898" w:rsidRPr="003D2F1E" w:rsidRDefault="00173898" w:rsidP="006A1143">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:left="709" w:firstLine="284"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D2F1E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Ministru kabineta 2023.</w:t>
       </w:r>
       <w:r w:rsidR="002F5A80" w:rsidRPr="003D2F1E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="003D2F1E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>gada 19.</w:t>
       </w:r>
       <w:r w:rsidR="002F5A80" w:rsidRPr="003D2F1E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="003D2F1E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>decembra noteikumus Nr.</w:t>
@@ -2292,51 +2352,50 @@
       </w:r>
       <w:r w:rsidRPr="003D2F1E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>MK</w:t>
       </w:r>
       <w:r w:rsidR="008F0F47">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="003D2F1E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>noteikumi).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B7D7982" w14:textId="6B246D23" w:rsidR="00173898" w:rsidRPr="003D2F1E" w:rsidRDefault="00DA1041" w:rsidP="00987151">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">2. </w:t>
       </w:r>
       <w:r w:rsidR="00173898">
         <w:t>Atbalsta piešķiršanas nosacījumi</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21CC98FC" w14:textId="176D7026" w:rsidR="00173898" w:rsidRPr="00CA3A15" w:rsidRDefault="001C39AC" w:rsidP="00EA230C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="284"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C73E1">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>Padomes projekta Nr.1.1.1.5/1/24/I/001</w:t>
       </w:r>
       <w:r w:rsidR="00CB5CC4">
@@ -3298,51 +3357,58 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00997132" w:rsidRPr="006C73E1">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>saskaņā ar</w:t>
       </w:r>
       <w:r w:rsidR="00997132" w:rsidRPr="006C73E1">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00997132" w:rsidRPr="006C73E1">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
-        <w:t>Ministru kabineta 2005. gada 28. jūnija noteikumos Nr. 473 "Elektronisko dokumentu izstrādāšanas, noformēšanas, glabāšanas un aprites kārtība valsts un pašvaldību iestādēs un kārtība, kādā notiek elektronisko dokumentu aprite starp valsts</w:t>
+        <w:t xml:space="preserve">Ministru kabineta 2005. gada 28. jūnija noteikumos Nr. 473 "Elektronisko dokumentu izstrādāšanas, noformēšanas, glabāšanas un aprites kārtība valsts un pašvaldību iestādēs un kārtība, kādā notiek elektronisko dokumentu </w:t>
+      </w:r>
+      <w:r w:rsidR="00997132" w:rsidRPr="006C73E1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>aprite starp valsts</w:t>
       </w:r>
       <w:r w:rsidR="00997132" w:rsidRPr="00B02B08">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> un pašvaldību iestādēm vai starp šīm iestādēm un fiziskajām un juridiskajām personām".</w:t>
       </w:r>
       <w:r w:rsidR="00997132" w:rsidRPr="0003244F">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>24.</w:t>
       </w:r>
       <w:r w:rsidR="00997132">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00997132" w:rsidRPr="0003244F">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>punktā</w:t>
       </w:r>
@@ -3421,51 +3487,50 @@
         <w:t>irs kvalitātes sliekšņa novērtēts projekts</w:t>
       </w:r>
       <w:r w:rsidR="00BA0B0E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>”;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3238B564" w14:textId="3B2A754A" w:rsidR="00C70C5A" w:rsidRPr="006C73E1" w:rsidRDefault="00173898" w:rsidP="006A1143">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:leftChars="125" w:left="300" w:firstLine="284"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="5A6E7434">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve"> iepriekš </w:t>
       </w:r>
       <w:r w:rsidR="24AD1A17" w:rsidRPr="5A6E7434">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>nav saņ</w:t>
       </w:r>
       <w:r w:rsidR="1994E7A8" w:rsidRPr="5A6E7434">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>ēmis</w:t>
       </w:r>
       <w:r w:rsidR="24AD1A17" w:rsidRPr="5A6E7434">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> atbalst</w:t>
       </w:r>
       <w:r w:rsidR="1994E7A8" w:rsidRPr="5A6E7434">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>u</w:t>
@@ -5025,51 +5090,58 @@
         </w:rPr>
         <w:t>konkursā, noteikto</w:t>
       </w:r>
       <w:r w:rsidR="00084BEA">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> vērtējumu</w:t>
       </w:r>
       <w:r w:rsidRPr="006C73E1">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006908F5">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidR="006908F5" w:rsidRPr="006C73E1">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi"/>
         </w:rPr>
-        <w:t>virs kvalitātes sliekšņa novērtēts projekts</w:t>
+        <w:t xml:space="preserve">virs kvalitātes </w:t>
+      </w:r>
+      <w:r w:rsidR="006908F5" w:rsidRPr="006C73E1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>sliekšņa novērtēts projekts</w:t>
       </w:r>
       <w:r w:rsidR="006908F5">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
       <w:r w:rsidRPr="006C73E1">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> un projekta dalībniekiem</w:t>
       </w:r>
       <w:r w:rsidR="00DF1D6D" w:rsidRPr="006C73E1">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi"/>
         </w:rPr>
         <w:t>, piecu darbdienu laikā pēc vērtējuma “virs kvalitātes sliekšņa novērtēts projekts” saņemšanas</w:t>
       </w:r>
       <w:r w:rsidR="007C438B" w:rsidRPr="006C73E1">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
@@ -5268,51 +5340,50 @@
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="003D2F1E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> Par </w:t>
       </w:r>
       <w:r w:rsidR="00184152">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="003D2F1E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">tbalsta pieteikuma un </w:t>
       </w:r>
       <w:r w:rsidR="00DF1D6D">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">atbalsta </w:t>
       </w:r>
       <w:r w:rsidRPr="003D2F1E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>dokument</w:t>
       </w:r>
       <w:r w:rsidR="00DF1D6D">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidRPr="003D2F1E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> iesniegšanas datumu uzskatāma tā darbdiena, kurā </w:t>
       </w:r>
       <w:r w:rsidR="00FC0EA3" w:rsidRPr="003D2F1E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>P</w:t>
@@ -6512,50 +6583,51 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D2F1E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">vērtēšanas komisijas balsstiesīgajiem locekļiem savstarpēji vienojoties. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3539F468" w14:textId="255E8C8A" w:rsidR="00B9007F" w:rsidRPr="003D2F1E" w:rsidRDefault="6399C604" w:rsidP="006A1143">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:left="709" w:firstLine="284"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="5A6E7434">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>j</w:t>
       </w:r>
       <w:r w:rsidR="00B9007F" w:rsidRPr="5A6E7434">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>a vienošanās nav panākta, vērtēšanas komisija atzinumu pieņem ar balsu vairākumu, tās balsstiesīgajiem locekļiem atklāti balsojot. Ja balsu skaits sadalās vienādi, izšķirošā ir vērtēšanas komisija</w:t>
       </w:r>
       <w:r w:rsidR="00D25E33" w:rsidRPr="5A6E7434">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00B9007F" w:rsidRPr="5A6E7434">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> priekšsēdētāja balss. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01FCA900" w14:textId="7C88318C" w:rsidR="00B9007F" w:rsidRPr="003D2F1E" w:rsidRDefault="00B9007F" w:rsidP="00B9007F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
@@ -6634,51 +6706,50 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="003D2F1E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>(trīs) darbdienas pirms paredzētās vērtēšanas komisijas sēdes datuma, nosūtot ar elektroniskā pasta starpniecību komisijas locekļiem uzaicinājumu un informāciju par sēdē izskatāmajiem jautājumiem.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7AF16A90" w14:textId="77777777" w:rsidR="00B9007F" w:rsidRPr="003D2F1E" w:rsidRDefault="00B9007F" w:rsidP="00B9007F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="284"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D2F1E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Vērtēšanas komisija atzinumu var pieņemt arī rakstiskās procedūras veidā, kuru īsteno šādi:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F971DE1" w14:textId="0FE1CD03" w:rsidR="00B9007F" w:rsidRPr="003D2F1E" w:rsidRDefault="00B9007F" w:rsidP="132DEBF3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="284"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="132DEBF3">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">vērtēšanas komisijas sekretārs ar elektroniskā pasta starpniecību nosūta vērtēšanas komisijas locekļiem </w:t>
       </w:r>
       <w:r w:rsidR="00EF2CE3" w:rsidRPr="132DEBF3">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
@@ -7749,50 +7820,51 @@
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">lapā </w:t>
       </w:r>
       <w:hyperlink r:id="rId16">
         <w:r w:rsidRPr="1C71B1D3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           </w:rPr>
           <w:t>www.lzp.gov.lv</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="003D2F1E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F69FF58" w14:textId="5B73668E" w:rsidR="00B9007F" w:rsidRPr="003D2F1E" w:rsidRDefault="4847B9EA" w:rsidP="00987151">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>5.</w:t>
       </w:r>
       <w:r w:rsidR="007169AD">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="64865D33">
         <w:t>Līguma izpildes uzraudzība un maksājuma apstiprināšana</w:t>
       </w:r>
       <w:r w:rsidR="59EB7EF9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4DF02AB4" w14:textId="76AF6C8D" w:rsidR="00631070" w:rsidRDefault="59EB7EF9" w:rsidP="006A1143">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="284"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="17B6CDD3">
@@ -7835,51 +7907,50 @@
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="284"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Iepirkuma pārbaudes lapu apstiprina Padomes direktors ar rīkojumu. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="079338E0" w14:textId="77D0199F" w:rsidR="00631070" w:rsidRPr="007169AD" w:rsidRDefault="00CF08A7" w:rsidP="006A1143">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="284"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>Padome</w:t>
       </w:r>
       <w:r w:rsidR="57D5006B" w:rsidRPr="00631070">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="58ECA9C3">
         <w:t>10</w:t>
       </w:r>
       <w:r w:rsidR="00631070">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="58ECA9C3">
         <w:t>(desmit) darbdienu</w:t>
       </w:r>
       <w:r w:rsidR="245CC1A0">
         <w:t xml:space="preserve"> laikā</w:t>
       </w:r>
       <w:r w:rsidR="58ECA9C3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0D850E00">
@@ -8663,107 +8734,107 @@
       <w:r w:rsidR="5C7E573A" w:rsidRPr="0035170E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="1E6B4B3C" w:rsidRPr="00A27AD2" w:rsidSect="00882088">
       <w:headerReference w:type="default" r:id="rId18"/>
       <w:footerReference w:type="default" r:id="rId19"/>
       <w:headerReference w:type="first" r:id="rId20"/>
       <w:footerReference w:type="first" r:id="rId21"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7F878E3A" w14:textId="77777777" w:rsidR="000248A4" w:rsidRPr="002B4E82" w:rsidRDefault="000248A4" w:rsidP="00EA1BA0">
+    <w:p w14:paraId="5C59F599" w14:textId="77777777" w:rsidR="002E79F3" w:rsidRPr="002B4E82" w:rsidRDefault="002E79F3" w:rsidP="00EA1BA0">
       <w:r w:rsidRPr="002B4E82">
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="538E42A3" w14:textId="77777777" w:rsidR="000248A4" w:rsidRPr="002B4E82" w:rsidRDefault="000248A4" w:rsidP="00EA1BA0">
+    <w:p w14:paraId="7E11A9F0" w14:textId="77777777" w:rsidR="002E79F3" w:rsidRPr="002B4E82" w:rsidRDefault="002E79F3" w:rsidP="00EA1BA0">
       <w:r w:rsidRPr="002B4E82">
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="631EBEC2" w14:textId="77777777" w:rsidR="000248A4" w:rsidRDefault="000248A4"/>
+    <w:p w14:paraId="5C521B17" w14:textId="77777777" w:rsidR="002E79F3" w:rsidRDefault="002E79F3"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic">
     <w:altName w:val="游ゴシック"/>
     <w:panose1 w:val="020B0400000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4D293FF0" w14:textId="77777777" w:rsidR="00EA1BA0" w:rsidRPr="002B4E82" w:rsidRDefault="00EA1BA0" w:rsidP="00882088">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:ind w:firstLine="0"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
@@ -8811,65 +8882,65 @@
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3020" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="0E8FA2EB" w14:textId="0F417BA6" w:rsidR="13438006" w:rsidRDefault="13438006" w:rsidP="006A1143">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:ind w:right="-115"/>
             <w:jc w:val="right"/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="422D0DD6" w14:textId="7FD5DB81" w:rsidR="13438006" w:rsidRDefault="13438006" w:rsidP="006A1143">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3582749E" w14:textId="77777777" w:rsidR="000248A4" w:rsidRPr="002B4E82" w:rsidRDefault="000248A4" w:rsidP="00EA1BA0">
+    <w:p w14:paraId="2C1F781E" w14:textId="77777777" w:rsidR="002E79F3" w:rsidRPr="002B4E82" w:rsidRDefault="002E79F3" w:rsidP="00EA1BA0">
       <w:r w:rsidRPr="002B4E82">
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="42BB11BA" w14:textId="77777777" w:rsidR="000248A4" w:rsidRPr="002B4E82" w:rsidRDefault="000248A4" w:rsidP="00EA1BA0">
+    <w:p w14:paraId="6AE1DF31" w14:textId="77777777" w:rsidR="002E79F3" w:rsidRPr="002B4E82" w:rsidRDefault="002E79F3" w:rsidP="00EA1BA0">
       <w:r w:rsidRPr="002B4E82">
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="3626C0A9" w14:textId="77777777" w:rsidR="000248A4" w:rsidRDefault="000248A4"/>
+    <w:p w14:paraId="048D4657" w14:textId="77777777" w:rsidR="002E79F3" w:rsidRDefault="002E79F3"/>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="0BE44F4A" w14:textId="77777777" w:rsidR="00C72B27" w:rsidRDefault="00C72B27" w:rsidP="00C72B27">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:ind w:firstLine="0"/>
       </w:pPr>
       <w:r w:rsidRPr="4BA1A69F">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId1" w:history="1">
         <w:r w:rsidRPr="00E73FF1">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://www.lzp.gov.lv/lv/apvarsnis-eiropa-2021-2027</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
@@ -9226,51 +9297,50 @@
         <w:r w:rsidRPr="005968F9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://likumi.lv/ta/id/331743#p22</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-1743332700"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
-    <w:sdtEndPr/>
     <w:sdtContent>
       <w:p w14:paraId="093C09CE" w14:textId="2CBA234B" w:rsidR="00882088" w:rsidRDefault="00882088" w:rsidP="002005CA">
         <w:pPr>
           <w:pStyle w:val="Header"/>
           <w:spacing w:after="280"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
@@ -11132,63 +11202,54 @@
   </w:num>
   <w:num w:numId="14" w16cid:durableId="421417775">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="912004235">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="454645395">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1707363572">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="659965950">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1086345214">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1645814369">
     <w:abstractNumId w:val="17"/>
   </w:num>
 </w:numbering>
 </file>
 
-<file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="140"/>
+  <w:zoom w:percent="154"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:trackRevisions/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00173898"/>
     <w:rsid w:val="00000B14"/>
     <w:rsid w:val="00000FC3"/>
     <w:rsid w:val="00002504"/>
@@ -11352,51 +11413,50 @@
     <w:rsid w:val="001500A5"/>
     <w:rsid w:val="00152B9A"/>
     <w:rsid w:val="00155384"/>
     <w:rsid w:val="00161F77"/>
     <w:rsid w:val="00162A60"/>
     <w:rsid w:val="00162C22"/>
     <w:rsid w:val="00162D74"/>
     <w:rsid w:val="001635E7"/>
     <w:rsid w:val="00163883"/>
     <w:rsid w:val="00165221"/>
     <w:rsid w:val="001653EF"/>
     <w:rsid w:val="00166008"/>
     <w:rsid w:val="0016665E"/>
     <w:rsid w:val="00166AC1"/>
     <w:rsid w:val="00170F5B"/>
     <w:rsid w:val="0017228E"/>
     <w:rsid w:val="00173898"/>
     <w:rsid w:val="00175CA2"/>
     <w:rsid w:val="00181AF8"/>
     <w:rsid w:val="00181EC3"/>
     <w:rsid w:val="00182900"/>
     <w:rsid w:val="00182F01"/>
     <w:rsid w:val="00184152"/>
     <w:rsid w:val="00184E11"/>
     <w:rsid w:val="00185196"/>
-    <w:rsid w:val="0018520E"/>
     <w:rsid w:val="00186542"/>
     <w:rsid w:val="001873AF"/>
     <w:rsid w:val="00187F65"/>
     <w:rsid w:val="0019196F"/>
     <w:rsid w:val="001948A2"/>
     <w:rsid w:val="00196BF7"/>
     <w:rsid w:val="001A0D77"/>
     <w:rsid w:val="001A1553"/>
     <w:rsid w:val="001A4E3F"/>
     <w:rsid w:val="001A5AB6"/>
     <w:rsid w:val="001A5CDF"/>
     <w:rsid w:val="001A60F8"/>
     <w:rsid w:val="001B0FFD"/>
     <w:rsid w:val="001B1373"/>
     <w:rsid w:val="001B1E13"/>
     <w:rsid w:val="001B28FE"/>
     <w:rsid w:val="001B42A2"/>
     <w:rsid w:val="001B44E8"/>
     <w:rsid w:val="001C39AC"/>
     <w:rsid w:val="001C558D"/>
     <w:rsid w:val="001C70D3"/>
     <w:rsid w:val="001D0AAA"/>
     <w:rsid w:val="001D3DF7"/>
     <w:rsid w:val="001D4AC1"/>
     <w:rsid w:val="001D6803"/>
@@ -11485,91 +11545,94 @@
     <w:rsid w:val="002A3476"/>
     <w:rsid w:val="002A3B52"/>
     <w:rsid w:val="002A55E9"/>
     <w:rsid w:val="002A5E67"/>
     <w:rsid w:val="002A6FF6"/>
     <w:rsid w:val="002B0017"/>
     <w:rsid w:val="002B017E"/>
     <w:rsid w:val="002B11EC"/>
     <w:rsid w:val="002B16E5"/>
     <w:rsid w:val="002B24F4"/>
     <w:rsid w:val="002B3008"/>
     <w:rsid w:val="002B4BB6"/>
     <w:rsid w:val="002B4E82"/>
     <w:rsid w:val="002B5658"/>
     <w:rsid w:val="002B5970"/>
     <w:rsid w:val="002B6BB3"/>
     <w:rsid w:val="002B6E42"/>
     <w:rsid w:val="002C1782"/>
     <w:rsid w:val="002C343D"/>
     <w:rsid w:val="002C3D66"/>
     <w:rsid w:val="002C5FB4"/>
     <w:rsid w:val="002C624F"/>
     <w:rsid w:val="002C7C1E"/>
     <w:rsid w:val="002CEEBF"/>
     <w:rsid w:val="002D1154"/>
+    <w:rsid w:val="002D2324"/>
     <w:rsid w:val="002D4D24"/>
     <w:rsid w:val="002D5406"/>
     <w:rsid w:val="002E2386"/>
     <w:rsid w:val="002E2E35"/>
     <w:rsid w:val="002E5279"/>
+    <w:rsid w:val="002E79F3"/>
     <w:rsid w:val="002E7F1B"/>
     <w:rsid w:val="002F2EA0"/>
     <w:rsid w:val="002F435A"/>
     <w:rsid w:val="002F4DDB"/>
     <w:rsid w:val="002F501E"/>
     <w:rsid w:val="002F5A80"/>
     <w:rsid w:val="002F6F1E"/>
     <w:rsid w:val="002F74D1"/>
     <w:rsid w:val="002F7859"/>
     <w:rsid w:val="0030193F"/>
     <w:rsid w:val="0030425A"/>
     <w:rsid w:val="003042A5"/>
     <w:rsid w:val="00304A68"/>
     <w:rsid w:val="00304D1D"/>
     <w:rsid w:val="00306D1C"/>
     <w:rsid w:val="00307A26"/>
     <w:rsid w:val="0031001D"/>
     <w:rsid w:val="0031043F"/>
     <w:rsid w:val="00310DDC"/>
     <w:rsid w:val="00311A0D"/>
     <w:rsid w:val="00314A9D"/>
     <w:rsid w:val="0031602E"/>
     <w:rsid w:val="00316E4B"/>
     <w:rsid w:val="00317F23"/>
     <w:rsid w:val="00320576"/>
     <w:rsid w:val="00320607"/>
     <w:rsid w:val="00321BBA"/>
     <w:rsid w:val="00321FBD"/>
     <w:rsid w:val="00322430"/>
     <w:rsid w:val="00324515"/>
     <w:rsid w:val="00324797"/>
     <w:rsid w:val="00324B5F"/>
     <w:rsid w:val="0032583C"/>
     <w:rsid w:val="00327BDE"/>
     <w:rsid w:val="00330042"/>
     <w:rsid w:val="00330F66"/>
+    <w:rsid w:val="00332171"/>
     <w:rsid w:val="00336570"/>
     <w:rsid w:val="00336F8C"/>
     <w:rsid w:val="00337D98"/>
     <w:rsid w:val="00340505"/>
     <w:rsid w:val="00341952"/>
     <w:rsid w:val="0034195F"/>
     <w:rsid w:val="0034282E"/>
     <w:rsid w:val="003431B2"/>
     <w:rsid w:val="00343800"/>
     <w:rsid w:val="0034482B"/>
     <w:rsid w:val="003456B1"/>
     <w:rsid w:val="00347CA8"/>
     <w:rsid w:val="0035170E"/>
     <w:rsid w:val="00351FF2"/>
     <w:rsid w:val="0035289B"/>
     <w:rsid w:val="003556C4"/>
     <w:rsid w:val="00355899"/>
     <w:rsid w:val="003628AF"/>
     <w:rsid w:val="00362932"/>
     <w:rsid w:val="00363837"/>
     <w:rsid w:val="00363A87"/>
     <w:rsid w:val="0036403A"/>
     <w:rsid w:val="003641C1"/>
     <w:rsid w:val="00365113"/>
     <w:rsid w:val="0036556B"/>
@@ -11772,50 +11835,51 @@
     <w:rsid w:val="00536188"/>
     <w:rsid w:val="00540046"/>
     <w:rsid w:val="005430CC"/>
     <w:rsid w:val="00543409"/>
     <w:rsid w:val="00543D18"/>
     <w:rsid w:val="00543DDA"/>
     <w:rsid w:val="005440C7"/>
     <w:rsid w:val="0054486E"/>
     <w:rsid w:val="005517B1"/>
     <w:rsid w:val="00552A2A"/>
     <w:rsid w:val="005532EE"/>
     <w:rsid w:val="00555676"/>
     <w:rsid w:val="00560583"/>
     <w:rsid w:val="00560641"/>
     <w:rsid w:val="00560EC0"/>
     <w:rsid w:val="005624DD"/>
     <w:rsid w:val="00563441"/>
     <w:rsid w:val="00563F5A"/>
     <w:rsid w:val="005645BF"/>
     <w:rsid w:val="005662CA"/>
     <w:rsid w:val="0056646B"/>
     <w:rsid w:val="00567C8B"/>
     <w:rsid w:val="00574F97"/>
     <w:rsid w:val="0057668C"/>
     <w:rsid w:val="00577355"/>
+    <w:rsid w:val="00580565"/>
     <w:rsid w:val="00582455"/>
     <w:rsid w:val="005828AF"/>
     <w:rsid w:val="00585483"/>
     <w:rsid w:val="00587110"/>
     <w:rsid w:val="005901AA"/>
     <w:rsid w:val="005904C1"/>
     <w:rsid w:val="0059098D"/>
     <w:rsid w:val="00591449"/>
     <w:rsid w:val="00591B8E"/>
     <w:rsid w:val="00591F85"/>
     <w:rsid w:val="00592355"/>
     <w:rsid w:val="005945BB"/>
     <w:rsid w:val="00596845"/>
     <w:rsid w:val="00596D0A"/>
     <w:rsid w:val="00596EBC"/>
     <w:rsid w:val="00597712"/>
     <w:rsid w:val="005A0874"/>
     <w:rsid w:val="005A16C8"/>
     <w:rsid w:val="005A43C4"/>
     <w:rsid w:val="005A455C"/>
     <w:rsid w:val="005A494D"/>
     <w:rsid w:val="005B07F7"/>
     <w:rsid w:val="005B122A"/>
     <w:rsid w:val="005B2120"/>
     <w:rsid w:val="005B2425"/>
@@ -11941,51 +12005,50 @@
     <w:rsid w:val="006A576D"/>
     <w:rsid w:val="006A69BF"/>
     <w:rsid w:val="006A75A3"/>
     <w:rsid w:val="006B100A"/>
     <w:rsid w:val="006B1082"/>
     <w:rsid w:val="006B286B"/>
     <w:rsid w:val="006B3A91"/>
     <w:rsid w:val="006B795D"/>
     <w:rsid w:val="006B7B9D"/>
     <w:rsid w:val="006C0C79"/>
     <w:rsid w:val="006C112E"/>
     <w:rsid w:val="006C3238"/>
     <w:rsid w:val="006C4263"/>
     <w:rsid w:val="006C433C"/>
     <w:rsid w:val="006C5945"/>
     <w:rsid w:val="006C5D12"/>
     <w:rsid w:val="006C73E1"/>
     <w:rsid w:val="006C75D9"/>
     <w:rsid w:val="006C7B17"/>
     <w:rsid w:val="006D35DA"/>
     <w:rsid w:val="006D4526"/>
     <w:rsid w:val="006D4578"/>
     <w:rsid w:val="006D4724"/>
     <w:rsid w:val="006D4830"/>
     <w:rsid w:val="006D55A9"/>
-    <w:rsid w:val="006D5621"/>
     <w:rsid w:val="006D6BA8"/>
     <w:rsid w:val="006E039A"/>
     <w:rsid w:val="006E0B6B"/>
     <w:rsid w:val="006E31EF"/>
     <w:rsid w:val="006E59DC"/>
     <w:rsid w:val="006E7E9B"/>
     <w:rsid w:val="006F12C1"/>
     <w:rsid w:val="006F42A7"/>
     <w:rsid w:val="006F5415"/>
     <w:rsid w:val="006F6742"/>
     <w:rsid w:val="006F7B94"/>
     <w:rsid w:val="00704722"/>
     <w:rsid w:val="00706158"/>
     <w:rsid w:val="007067C3"/>
     <w:rsid w:val="00707418"/>
     <w:rsid w:val="0070772F"/>
     <w:rsid w:val="00711551"/>
     <w:rsid w:val="00712BAB"/>
     <w:rsid w:val="0071315A"/>
     <w:rsid w:val="0071602E"/>
     <w:rsid w:val="007169AD"/>
     <w:rsid w:val="00721F48"/>
     <w:rsid w:val="0072231C"/>
     <w:rsid w:val="00723626"/>
     <w:rsid w:val="0072445F"/>
@@ -12023,74 +12086,76 @@
     <w:rsid w:val="0077320D"/>
     <w:rsid w:val="00774E5F"/>
     <w:rsid w:val="0077597E"/>
     <w:rsid w:val="00776991"/>
     <w:rsid w:val="00777785"/>
     <w:rsid w:val="0078005A"/>
     <w:rsid w:val="00781C7F"/>
     <w:rsid w:val="0078380B"/>
     <w:rsid w:val="00783FDC"/>
     <w:rsid w:val="00784066"/>
     <w:rsid w:val="0078495D"/>
     <w:rsid w:val="007871E9"/>
     <w:rsid w:val="0078723E"/>
     <w:rsid w:val="00787D23"/>
     <w:rsid w:val="00790136"/>
     <w:rsid w:val="007901F0"/>
     <w:rsid w:val="00790C89"/>
     <w:rsid w:val="00791100"/>
     <w:rsid w:val="007919CB"/>
     <w:rsid w:val="00792DD2"/>
     <w:rsid w:val="0079471A"/>
     <w:rsid w:val="0079491F"/>
     <w:rsid w:val="00794FC8"/>
     <w:rsid w:val="00796ACA"/>
     <w:rsid w:val="00796CD2"/>
+    <w:rsid w:val="00797980"/>
     <w:rsid w:val="007A042D"/>
     <w:rsid w:val="007A09A6"/>
     <w:rsid w:val="007A26E9"/>
     <w:rsid w:val="007A3D7A"/>
     <w:rsid w:val="007A3DCF"/>
     <w:rsid w:val="007A5BA1"/>
     <w:rsid w:val="007A5E06"/>
     <w:rsid w:val="007A6EF4"/>
     <w:rsid w:val="007A7FC4"/>
     <w:rsid w:val="007B1376"/>
     <w:rsid w:val="007B1524"/>
     <w:rsid w:val="007B1B0F"/>
     <w:rsid w:val="007B1D35"/>
     <w:rsid w:val="007B24FF"/>
     <w:rsid w:val="007B2BB6"/>
     <w:rsid w:val="007B3EED"/>
     <w:rsid w:val="007B4E89"/>
     <w:rsid w:val="007B5F06"/>
     <w:rsid w:val="007B68FC"/>
     <w:rsid w:val="007B6AAE"/>
     <w:rsid w:val="007B6D18"/>
     <w:rsid w:val="007B7466"/>
     <w:rsid w:val="007C1F29"/>
     <w:rsid w:val="007C2B24"/>
+    <w:rsid w:val="007C306A"/>
     <w:rsid w:val="007C374A"/>
     <w:rsid w:val="007C3A6C"/>
     <w:rsid w:val="007C438B"/>
     <w:rsid w:val="007C6F67"/>
     <w:rsid w:val="007C766A"/>
     <w:rsid w:val="007C76CC"/>
     <w:rsid w:val="007D32C4"/>
     <w:rsid w:val="007D488E"/>
     <w:rsid w:val="007D54C0"/>
     <w:rsid w:val="007D5FF7"/>
     <w:rsid w:val="007E0DCF"/>
     <w:rsid w:val="007E435B"/>
     <w:rsid w:val="007E44B0"/>
     <w:rsid w:val="007E7030"/>
     <w:rsid w:val="007F12DD"/>
     <w:rsid w:val="007F360E"/>
     <w:rsid w:val="007F3DA6"/>
     <w:rsid w:val="007F4294"/>
     <w:rsid w:val="007F58DF"/>
     <w:rsid w:val="007F7A40"/>
     <w:rsid w:val="00800B5A"/>
     <w:rsid w:val="008037F3"/>
     <w:rsid w:val="00803CAE"/>
     <w:rsid w:val="00803DE3"/>
     <w:rsid w:val="0080475C"/>
@@ -12166,50 +12231,51 @@
     <w:rsid w:val="008B773C"/>
     <w:rsid w:val="008C0DCA"/>
     <w:rsid w:val="008C16FC"/>
     <w:rsid w:val="008C2B9A"/>
     <w:rsid w:val="008C3262"/>
     <w:rsid w:val="008C3A4A"/>
     <w:rsid w:val="008C66C1"/>
     <w:rsid w:val="008C6D08"/>
     <w:rsid w:val="008C74CA"/>
     <w:rsid w:val="008D0664"/>
     <w:rsid w:val="008D0BFE"/>
     <w:rsid w:val="008D0D20"/>
     <w:rsid w:val="008D0FAA"/>
     <w:rsid w:val="008D20BB"/>
     <w:rsid w:val="008D210D"/>
     <w:rsid w:val="008D331C"/>
     <w:rsid w:val="008D4905"/>
     <w:rsid w:val="008D4B0B"/>
     <w:rsid w:val="008D58B6"/>
     <w:rsid w:val="008D5A40"/>
     <w:rsid w:val="008D5CB4"/>
     <w:rsid w:val="008D6C5D"/>
     <w:rsid w:val="008D7C12"/>
     <w:rsid w:val="008E1CFF"/>
     <w:rsid w:val="008E34BC"/>
+    <w:rsid w:val="008E3606"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E3947"/>
     <w:rsid w:val="008E3AB8"/>
     <w:rsid w:val="008E4BCF"/>
     <w:rsid w:val="008E4D42"/>
     <w:rsid w:val="008E5D99"/>
     <w:rsid w:val="008E5E3D"/>
     <w:rsid w:val="008E7F78"/>
     <w:rsid w:val="008F0199"/>
     <w:rsid w:val="008F0F47"/>
     <w:rsid w:val="008F2AE4"/>
     <w:rsid w:val="008F2E69"/>
     <w:rsid w:val="008F45BC"/>
     <w:rsid w:val="008F5D1E"/>
     <w:rsid w:val="008F6E3C"/>
     <w:rsid w:val="008F6F0A"/>
     <w:rsid w:val="0090471A"/>
     <w:rsid w:val="00905560"/>
     <w:rsid w:val="00907C24"/>
     <w:rsid w:val="009101EA"/>
     <w:rsid w:val="00911571"/>
     <w:rsid w:val="00913E0F"/>
     <w:rsid w:val="00913F84"/>
     <w:rsid w:val="00914B7B"/>
     <w:rsid w:val="009164F6"/>
@@ -12226,50 +12292,51 @@
     <w:rsid w:val="00937DA2"/>
     <w:rsid w:val="00937F10"/>
     <w:rsid w:val="00941FA7"/>
     <w:rsid w:val="00942DAA"/>
     <w:rsid w:val="00942F9A"/>
     <w:rsid w:val="009440AE"/>
     <w:rsid w:val="0094701F"/>
     <w:rsid w:val="00947392"/>
     <w:rsid w:val="0094767B"/>
     <w:rsid w:val="00951696"/>
     <w:rsid w:val="00951A49"/>
     <w:rsid w:val="00951F0F"/>
     <w:rsid w:val="00951F1F"/>
     <w:rsid w:val="00952930"/>
     <w:rsid w:val="00952DCA"/>
     <w:rsid w:val="00954952"/>
     <w:rsid w:val="00955FBB"/>
     <w:rsid w:val="00957AC1"/>
     <w:rsid w:val="00960737"/>
     <w:rsid w:val="0096127A"/>
     <w:rsid w:val="00962336"/>
     <w:rsid w:val="009657A8"/>
     <w:rsid w:val="00970F00"/>
     <w:rsid w:val="00972F53"/>
     <w:rsid w:val="00980C1B"/>
+    <w:rsid w:val="0098246B"/>
     <w:rsid w:val="00983805"/>
     <w:rsid w:val="0098427B"/>
     <w:rsid w:val="0098573F"/>
     <w:rsid w:val="00987151"/>
     <w:rsid w:val="009905E3"/>
     <w:rsid w:val="00990651"/>
     <w:rsid w:val="00990B07"/>
     <w:rsid w:val="0099268D"/>
     <w:rsid w:val="00992D83"/>
     <w:rsid w:val="00993B27"/>
     <w:rsid w:val="00997132"/>
     <w:rsid w:val="009973D9"/>
     <w:rsid w:val="009A172C"/>
     <w:rsid w:val="009A2864"/>
     <w:rsid w:val="009A3A9D"/>
     <w:rsid w:val="009A5DC9"/>
     <w:rsid w:val="009A5F9F"/>
     <w:rsid w:val="009A660B"/>
     <w:rsid w:val="009A6A8D"/>
     <w:rsid w:val="009B036D"/>
     <w:rsid w:val="009B037D"/>
     <w:rsid w:val="009B09D5"/>
     <w:rsid w:val="009B2F7B"/>
     <w:rsid w:val="009B5461"/>
     <w:rsid w:val="009B588E"/>
@@ -12301,51 +12368,50 @@
     <w:rsid w:val="009E0AAC"/>
     <w:rsid w:val="009E1A43"/>
     <w:rsid w:val="009E4356"/>
     <w:rsid w:val="009E522D"/>
     <w:rsid w:val="009E6396"/>
     <w:rsid w:val="009F1358"/>
     <w:rsid w:val="009F173C"/>
     <w:rsid w:val="009F2395"/>
     <w:rsid w:val="009F26DE"/>
     <w:rsid w:val="009F5162"/>
     <w:rsid w:val="009F587D"/>
     <w:rsid w:val="009F6BE7"/>
     <w:rsid w:val="00A00F23"/>
     <w:rsid w:val="00A018DC"/>
     <w:rsid w:val="00A01FFD"/>
     <w:rsid w:val="00A0347E"/>
     <w:rsid w:val="00A047D6"/>
     <w:rsid w:val="00A05BC6"/>
     <w:rsid w:val="00A05D5E"/>
     <w:rsid w:val="00A0725E"/>
     <w:rsid w:val="00A07562"/>
     <w:rsid w:val="00A1000E"/>
     <w:rsid w:val="00A10257"/>
     <w:rsid w:val="00A10598"/>
     <w:rsid w:val="00A13C68"/>
-    <w:rsid w:val="00A14A34"/>
     <w:rsid w:val="00A14E6F"/>
     <w:rsid w:val="00A16712"/>
     <w:rsid w:val="00A22013"/>
     <w:rsid w:val="00A2258C"/>
     <w:rsid w:val="00A256BB"/>
     <w:rsid w:val="00A271C7"/>
     <w:rsid w:val="00A27AD2"/>
     <w:rsid w:val="00A31178"/>
     <w:rsid w:val="00A33554"/>
     <w:rsid w:val="00A339DE"/>
     <w:rsid w:val="00A355FF"/>
     <w:rsid w:val="00A36123"/>
     <w:rsid w:val="00A365A7"/>
     <w:rsid w:val="00A36C15"/>
     <w:rsid w:val="00A40AD4"/>
     <w:rsid w:val="00A416F6"/>
     <w:rsid w:val="00A502EA"/>
     <w:rsid w:val="00A54410"/>
     <w:rsid w:val="00A54697"/>
     <w:rsid w:val="00A55651"/>
     <w:rsid w:val="00A57514"/>
     <w:rsid w:val="00A6007B"/>
     <w:rsid w:val="00A60617"/>
     <w:rsid w:val="00A6207E"/>
     <w:rsid w:val="00A624F7"/>
@@ -12679,50 +12745,51 @@
     <w:rsid w:val="00D462DA"/>
     <w:rsid w:val="00D46B32"/>
     <w:rsid w:val="00D46BE5"/>
     <w:rsid w:val="00D47E5F"/>
     <w:rsid w:val="00D50519"/>
     <w:rsid w:val="00D52414"/>
     <w:rsid w:val="00D52EF5"/>
     <w:rsid w:val="00D5345F"/>
     <w:rsid w:val="00D538C0"/>
     <w:rsid w:val="00D54212"/>
     <w:rsid w:val="00D5461D"/>
     <w:rsid w:val="00D5482C"/>
     <w:rsid w:val="00D57946"/>
     <w:rsid w:val="00D60C4B"/>
     <w:rsid w:val="00D61248"/>
     <w:rsid w:val="00D62582"/>
     <w:rsid w:val="00D6327C"/>
     <w:rsid w:val="00D63D70"/>
     <w:rsid w:val="00D71CA3"/>
     <w:rsid w:val="00D73F96"/>
     <w:rsid w:val="00D77904"/>
     <w:rsid w:val="00D77F2D"/>
     <w:rsid w:val="00D77F90"/>
     <w:rsid w:val="00D81FAE"/>
     <w:rsid w:val="00D8231D"/>
+    <w:rsid w:val="00D83118"/>
     <w:rsid w:val="00D85A5D"/>
     <w:rsid w:val="00D91002"/>
     <w:rsid w:val="00D91CC0"/>
     <w:rsid w:val="00D93BD6"/>
     <w:rsid w:val="00D940D3"/>
     <w:rsid w:val="00D9499E"/>
     <w:rsid w:val="00D96D8D"/>
     <w:rsid w:val="00D979B4"/>
     <w:rsid w:val="00D97B44"/>
     <w:rsid w:val="00DA1041"/>
     <w:rsid w:val="00DA10C4"/>
     <w:rsid w:val="00DA18E8"/>
     <w:rsid w:val="00DA22B9"/>
     <w:rsid w:val="00DA29BC"/>
     <w:rsid w:val="00DA2EB7"/>
     <w:rsid w:val="00DA38E9"/>
     <w:rsid w:val="00DA41F6"/>
     <w:rsid w:val="00DA4FC3"/>
     <w:rsid w:val="00DA6619"/>
     <w:rsid w:val="00DA6DEB"/>
     <w:rsid w:val="00DA7EB5"/>
     <w:rsid w:val="00DB112A"/>
     <w:rsid w:val="00DB16BB"/>
     <w:rsid w:val="00DB44E3"/>
     <w:rsid w:val="00DB6B0E"/>
@@ -12800,51 +12867,50 @@
     <w:rsid w:val="00E65CB5"/>
     <w:rsid w:val="00E67A00"/>
     <w:rsid w:val="00E6BFD2"/>
     <w:rsid w:val="00E713EC"/>
     <w:rsid w:val="00E71ED0"/>
     <w:rsid w:val="00E7241A"/>
     <w:rsid w:val="00E7293B"/>
     <w:rsid w:val="00E735B3"/>
     <w:rsid w:val="00E7434C"/>
     <w:rsid w:val="00E76EFD"/>
     <w:rsid w:val="00E76F78"/>
     <w:rsid w:val="00E8175B"/>
     <w:rsid w:val="00E8201D"/>
     <w:rsid w:val="00E8362E"/>
     <w:rsid w:val="00E83729"/>
     <w:rsid w:val="00E84742"/>
     <w:rsid w:val="00E854AF"/>
     <w:rsid w:val="00E85AF2"/>
     <w:rsid w:val="00E85B07"/>
     <w:rsid w:val="00E8728D"/>
     <w:rsid w:val="00E87D6D"/>
     <w:rsid w:val="00E92F8B"/>
     <w:rsid w:val="00E94D82"/>
     <w:rsid w:val="00E95691"/>
     <w:rsid w:val="00E95AA9"/>
-    <w:rsid w:val="00E95B82"/>
     <w:rsid w:val="00E95B88"/>
     <w:rsid w:val="00E96627"/>
     <w:rsid w:val="00E97893"/>
     <w:rsid w:val="00EA15ED"/>
     <w:rsid w:val="00EA1BA0"/>
     <w:rsid w:val="00EA230C"/>
     <w:rsid w:val="00EA4B6E"/>
     <w:rsid w:val="00EA4C39"/>
     <w:rsid w:val="00EA591E"/>
     <w:rsid w:val="00EA5D7A"/>
     <w:rsid w:val="00EB0577"/>
     <w:rsid w:val="00EB0F2B"/>
     <w:rsid w:val="00EB13D3"/>
     <w:rsid w:val="00EB13FD"/>
     <w:rsid w:val="00EB2B44"/>
     <w:rsid w:val="00EB3728"/>
     <w:rsid w:val="00EB3EFA"/>
     <w:rsid w:val="00EB45CE"/>
     <w:rsid w:val="00EB4789"/>
     <w:rsid w:val="00EB4A1B"/>
     <w:rsid w:val="00EB4EE0"/>
     <w:rsid w:val="00EB5124"/>
     <w:rsid w:val="00EB5DCA"/>
     <w:rsid w:val="00EB5E53"/>
     <w:rsid w:val="00EC1DCB"/>
@@ -12937,50 +13003,51 @@
     <w:rsid w:val="00F86F68"/>
     <w:rsid w:val="00F91719"/>
     <w:rsid w:val="00F920AF"/>
     <w:rsid w:val="00F92BEE"/>
     <w:rsid w:val="00F93928"/>
     <w:rsid w:val="00F94155"/>
     <w:rsid w:val="00F943A7"/>
     <w:rsid w:val="00F9525C"/>
     <w:rsid w:val="00F964B3"/>
     <w:rsid w:val="00F966A5"/>
     <w:rsid w:val="00F97258"/>
     <w:rsid w:val="00FA0BC5"/>
     <w:rsid w:val="00FA1824"/>
     <w:rsid w:val="00FA1841"/>
     <w:rsid w:val="00FA3E6C"/>
     <w:rsid w:val="00FA4670"/>
     <w:rsid w:val="00FA4737"/>
     <w:rsid w:val="00FA5EB2"/>
     <w:rsid w:val="00FA6840"/>
     <w:rsid w:val="00FA7A7D"/>
     <w:rsid w:val="00FB18D8"/>
     <w:rsid w:val="00FB23FD"/>
     <w:rsid w:val="00FB2626"/>
     <w:rsid w:val="00FB3B50"/>
     <w:rsid w:val="00FB4030"/>
+    <w:rsid w:val="00FB6462"/>
     <w:rsid w:val="00FB6A0A"/>
     <w:rsid w:val="00FC0A40"/>
     <w:rsid w:val="00FC0EA3"/>
     <w:rsid w:val="00FC5467"/>
     <w:rsid w:val="00FC60D8"/>
     <w:rsid w:val="00FD0A09"/>
     <w:rsid w:val="00FE077F"/>
     <w:rsid w:val="00FE0F31"/>
     <w:rsid w:val="00FE234E"/>
     <w:rsid w:val="00FE274A"/>
     <w:rsid w:val="00FE477A"/>
     <w:rsid w:val="00FE4BD7"/>
     <w:rsid w:val="00FE5CA8"/>
     <w:rsid w:val="00FF0B55"/>
     <w:rsid w:val="00FF0EE6"/>
     <w:rsid w:val="00FF1B4A"/>
     <w:rsid w:val="00FF3FEA"/>
     <w:rsid w:val="00FF4035"/>
     <w:rsid w:val="00FF68AB"/>
     <w:rsid w:val="00FF6A63"/>
     <w:rsid w:val="010F8494"/>
     <w:rsid w:val="01152916"/>
     <w:rsid w:val="01267A18"/>
     <w:rsid w:val="012D0451"/>
     <w:rsid w:val="012EE3E7"/>
@@ -16288,51 +16355,51 @@
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="2113933425">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:www.lzp.gov.lv" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lzp.gov.lv" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pasts@lzp.gov.lv" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lzp.gov.lv" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lzp.gov.lv" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pasts@lzp.gov.lv" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:www.lzp.gov.lv" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lzp.gov.lv" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pasts@lzp.gov.lv" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lzp.gov.lv" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lzp.gov.lv" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pasts@lzp.gov.lv" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esfondi.lv/normativie-akti-un-dokumenti/2021-2027-planosanas-periods/vadlinijas-attiecinamo-izmaksu-noteiksanai-eiropas-savienibas-kohezijas-politikas-programmas-2021-2027-gada-planosanas-perioda" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/348535" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lzp.gov.lv/lv/apvarsnis-eiropa-2021-2027" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/331743" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/55567" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/353866" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
@@ -16607,196 +16674,202 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x0101003D0118E830AEDD428D4BE0AAFD13557A" ma:contentTypeVersion="15" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="578fec32e9c32c9dcd0700d6cf67b9e9">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="6adcef3d-66e4-4441-b622-2181f76b34ed" xmlns:ns3="ec04e77d-702b-4270-bfd8-12ec561e14fa" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="c4178b882e999ebd62750f6cb7e8896d" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101003D0118E830AEDD428D4BE0AAFD13557A" ma:contentTypeVersion="20" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="cabd420c01438daf32f69dd7af7a0beb">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="6adcef3d-66e4-4441-b622-2181f76b34ed" xmlns:ns3="ec04e77d-702b-4270-bfd8-12ec561e14fa" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="106eee3922b7b05a18e3573fb6221d24" ns2:_="" ns3:_="">
     <xsd:import namespace="6adcef3d-66e4-4441-b622-2181f76b34ed"/>
     <xsd:import namespace="ec04e77d-702b-4270-bfd8-12ec561e14fa"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="6adcef3d-66e4-4441-b622-2181f76b34ed" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceDateTaken" ma:index="12" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="13" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="15" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Attēlu atzīmes" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="0249d25f-f95e-4c4d-a144-e59fc8911dd1" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="15" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="0249d25f-f95e-4c4d-a144-e59fc8911dd1" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceOCR" ma:index="17" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceGenerationTime" ma:index="18" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="19" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="20" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="21" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceLocation" ma:index="22" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="23" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="ec04e77d-702b-4270-bfd8-12ec561e14fa" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Koplietots ar" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="11" nillable="true" ma:displayName="Koplietots ar: detalizēti" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="11" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="TaxCatchAll" ma:index="16" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{18f0af80-302c-4627-8e9b-56d2acbfcfdb}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="ec04e77d-702b-4270-bfd8-12ec561e14fa">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
-        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Satura tips"/>
-        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Virsraksts"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
   <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
     <xs:element name="Person">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:DisplayName" minOccurs="0"/>
           <xs:element ref="pc:AccountId" minOccurs="0"/>
@@ -16866,137 +16939,116 @@
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="6adcef3d-66e4-4441-b622-2181f76b34ed">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="ec04e77d-702b-4270-bfd8-12ec561e14fa" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{747A4211-A66F-4D17-9E17-E6EC0CC40B48}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8F97B792-8F7E-4116-9092-BA3185784FE8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="6adcef3d-66e4-4441-b622-2181f76b34ed"/>
     <ds:schemaRef ds:uri="ec04e77d-702b-4270-bfd8-12ec561e14fa"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E0F68F4C-2D6C-411A-9EC0-DB480F6E5B51}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FBF104D1-D168-4F7B-9728-271740DFA7CD}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
-[...3 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="6adcef3d-66e4-4441-b622-2181f76b34ed"/>
     <ds:schemaRef ds:uri="ec04e77d-702b-4270-bfd8-12ec561e14fa"/>
-    <ds:schemaRef ds:uri="6adcef3d-66e4-4441-b622-2181f76b34ed"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{64C169AD-501A-48A4-96F9-1F04B105DEEE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{63587698-06f1-46fc-a8b0-b62f509f6f35}" enabled="0" method="" siteId="{63587698-06f1-46fc-a8b0-b62f509f6f35}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>2458</Words>
-  <Characters>18402</Characters>
+  <Words>3122</Words>
+  <Characters>17798</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>153</Lines>
+  <Lines>148</Lines>
   <Paragraphs>41</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>20819</CharactersWithSpaces>
+  <CharactersWithSpaces>20879</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="72" baseType="variant">
       <vt:variant>
         <vt:i4>7536650</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>15</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:pasts@lzp.gov.lv</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>6619187</vt:i4>
       </vt:variant>
       <vt:variant>